--- v0 (2025-10-15)
+++ v1 (2026-02-13)
@@ -1,914 +1,1287 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\MAI 2025\Affectations Mai 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\NOV 2025\Affectation NOV 25 Bio et PH Mtp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{107AB35F-4C25-4E89-A3E7-6382DD570B8F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F4277D6C-7A0F-47F1-863A-F3CAB2CF99BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Pharmacie R3C MTP - Mai 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Pharmacie R3C MTP - Nov 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="673" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="778" uniqueCount="336">
   <si>
     <t>Des de Gestion</t>
   </si>
   <si>
     <t>Promo</t>
   </si>
   <si>
     <t>Identité</t>
   </si>
   <si>
+    <t>Matricule CHU</t>
+  </si>
+  <si>
     <t>Phase</t>
   </si>
   <si>
     <t>N°Agrément</t>
   </si>
   <si>
     <t>Ets d'affectation</t>
   </si>
   <si>
     <t>Services d'affectation</t>
   </si>
   <si>
     <t>RTS</t>
   </si>
   <si>
     <t>Domaine</t>
   </si>
   <si>
     <t>Pharmacie R3C</t>
   </si>
   <si>
+    <t>P2</t>
+  </si>
+  <si>
+    <t>01009465</t>
+  </si>
+  <si>
+    <t>P1</t>
+  </si>
+  <si>
+    <t>01007732</t>
+  </si>
+  <si>
+    <t>01010777</t>
+  </si>
+  <si>
+    <t>01007738</t>
+  </si>
+  <si>
+    <t>01010716</t>
+  </si>
+  <si>
+    <t>01010707</t>
+  </si>
+  <si>
+    <t>01010266</t>
+  </si>
+  <si>
+    <t>01010665</t>
+  </si>
+  <si>
+    <t>01010824</t>
+  </si>
+  <si>
+    <t>01010835</t>
+  </si>
+  <si>
+    <t>01010754</t>
+  </si>
+  <si>
+    <t>01010224</t>
+  </si>
+  <si>
+    <t>01010825</t>
+  </si>
+  <si>
+    <t>01010244</t>
+  </si>
+  <si>
+    <t>01006944</t>
+  </si>
+  <si>
+    <t>01010749</t>
+  </si>
+  <si>
+    <t>01009346</t>
+  </si>
+  <si>
+    <t>01008984</t>
+  </si>
+  <si>
+    <t>01008987</t>
+  </si>
+  <si>
+    <t>01009120</t>
+  </si>
+  <si>
+    <t>01010227</t>
+  </si>
+  <si>
+    <t>Maquette Nbre semestres réputés validés</t>
+  </si>
+  <si>
+    <t>AÏN Charlène</t>
+  </si>
+  <si>
+    <t>ALGUDO Benjamin</t>
+  </si>
+  <si>
+    <t>AOUAOUCHE Melissa</t>
+  </si>
+  <si>
+    <t>ASFER Mouhamad</t>
+  </si>
+  <si>
+    <t>AUTELLET Arnaud</t>
+  </si>
+  <si>
+    <t>BENDJILALI-SABIANI Jean-Joseph</t>
+  </si>
+  <si>
+    <t>BENKHORIS Sarah</t>
+  </si>
+  <si>
+    <t>BOUHELIER Julie</t>
+  </si>
+  <si>
+    <t>CADET Marine</t>
+  </si>
+  <si>
+    <t>CORBINAIS Cécile</t>
+  </si>
+  <si>
+    <t>DAMPIERRE Ange</t>
+  </si>
+  <si>
+    <t>DESVAUX Manon</t>
+  </si>
+  <si>
+    <t>DUBIEL Inès</t>
+  </si>
+  <si>
+    <t>GASSIN Zélie</t>
+  </si>
+  <si>
+    <t>GATIGNOL Hugo</t>
+  </si>
+  <si>
+    <t>LAGARDE Jimmy</t>
+  </si>
+  <si>
+    <t>LAMY Justine</t>
+  </si>
+  <si>
+    <t>LE CAR Alicia</t>
+  </si>
+  <si>
+    <t>LEGER Guillaume</t>
+  </si>
+  <si>
+    <t>LENOIR Joseph</t>
+  </si>
+  <si>
+    <t>LEPETIT Roxane</t>
+  </si>
+  <si>
+    <t>LOIZEAU Sarah</t>
+  </si>
+  <si>
+    <t>MATHIEU Paul</t>
+  </si>
+  <si>
+    <t>MERHARI Imane</t>
+  </si>
+  <si>
+    <t>MESSAOUDI Nidhal</t>
+  </si>
+  <si>
+    <t>MULLER Camille</t>
+  </si>
+  <si>
+    <t>NUEL Jeanne</t>
+  </si>
+  <si>
+    <t>OLIVAN Ariane</t>
+  </si>
+  <si>
+    <t>OWSINSKI Hanna</t>
+  </si>
+  <si>
+    <t>RAKOTO Onitia</t>
+  </si>
+  <si>
+    <t>RAZEYRE Charlotte</t>
+  </si>
+  <si>
+    <t>ROIG Elise</t>
+  </si>
+  <si>
+    <t>SOUALY Yasmine</t>
+  </si>
+  <si>
+    <t>SOUHA Sara Amale</t>
+  </si>
+  <si>
+    <t>SPINELLI Amélie</t>
+  </si>
+  <si>
+    <t>TORCHIO Jade</t>
+  </si>
+  <si>
+    <t>VANNEY Johanne</t>
+  </si>
+  <si>
+    <t>VIGUIER Thibault</t>
+  </si>
+  <si>
+    <t>WIDENT Jeanne</t>
+  </si>
+  <si>
+    <t>YAHYAOUI Naila</t>
+  </si>
+  <si>
+    <r>
+      <t>VEYSSEYRE</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <color rgb="FF00B050"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> (ENJOLRAS)</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve"> Laura</t>
+    </r>
+  </si>
+  <si>
+    <t>CHABOT Perrine</t>
+  </si>
+  <si>
+    <t>FAOUZI Rita</t>
+  </si>
+  <si>
+    <t>SERLUT Dana</t>
+  </si>
+  <si>
+    <t>DELMI Nazim</t>
+  </si>
+  <si>
+    <t>BLANCHARD Lucie</t>
+  </si>
+  <si>
+    <t>TALLEVAST Laura</t>
+  </si>
+  <si>
+    <t>DIAZ Sarah</t>
+  </si>
+  <si>
+    <t>AUDINOT Hannah</t>
+  </si>
+  <si>
+    <t>LI HONG WAN Noémie</t>
+  </si>
+  <si>
+    <t>BOTELLA Aurélie</t>
+  </si>
+  <si>
+    <t>POYÉ Camille</t>
+  </si>
+  <si>
+    <t>OUDINET Océane</t>
+  </si>
+  <si>
+    <t>SARI Anna</t>
+  </si>
+  <si>
+    <t>VALLEZ Clément</t>
+  </si>
+  <si>
+    <t>COSTES Claire</t>
+  </si>
+  <si>
+    <t>MOINET Léna</t>
+  </si>
+  <si>
+    <t>VIVIER Loris</t>
+  </si>
+  <si>
+    <t>VILCHES Lucas</t>
+  </si>
+  <si>
+    <t>BOYER Emma</t>
+  </si>
+  <si>
+    <t>AGUILAR Emma</t>
+  </si>
+  <si>
+    <t>TABET Michaël</t>
+  </si>
+  <si>
+    <t>COHEN--VINCENT Marie-Myriam</t>
+  </si>
+  <si>
+    <t>PINEL Alexandre</t>
+  </si>
+  <si>
+    <t>PAHL Jérémy</t>
+  </si>
+  <si>
+    <t>DURANT Clément</t>
+  </si>
+  <si>
+    <t>GOROSTIS Alice</t>
+  </si>
+  <si>
+    <t xml:space="preserve">EL AROUI Mohamed Youssef </t>
+  </si>
+  <si>
     <t>P3</t>
   </si>
   <si>
-    <t>P2</t>
-[...179 lines deleted...]
-    <t>YAHYAOUI Naila</t>
+    <t>Centre MEARY AP-HP</t>
+  </si>
+  <si>
+    <t>Dr FABREGUETTES Jean-Roch</t>
+  </si>
+  <si>
+    <t>CHU Martinique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unité cyclotron et radiopharmacie </t>
+  </si>
+  <si>
+    <t>Dr RIZZO PADOIN Nathalie et LEGRIS ALLUSSON Véronique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AP-HP Henri Mondor </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Radiopharmacie </t>
+  </si>
+  <si>
+    <t>Dr ARCHER Valérie</t>
+  </si>
+  <si>
+    <t>P2/P3</t>
+  </si>
+  <si>
+    <t>CHU Montpellier</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> IMMUNOLOGIE CLINIQUE ET THERAPEUTIQUE</t>
+  </si>
+  <si>
+    <t>JORGENSEN Christian</t>
+  </si>
+  <si>
+    <t>CEPIAS</t>
+  </si>
+  <si>
+    <t>MOURLAN Cécile</t>
+  </si>
+  <si>
+    <t>Ali-Camara Priscillia</t>
+  </si>
+  <si>
+    <t>Argaud Laurine</t>
+  </si>
+  <si>
+    <t>Beaufils Alexandre</t>
+  </si>
+  <si>
+    <t>Bouichichi Saïd</t>
+  </si>
+  <si>
+    <t>Brouwers Clotilde</t>
+  </si>
+  <si>
+    <t>Chenah Brahim</t>
+  </si>
+  <si>
+    <t>Chillard Jeanne</t>
+  </si>
+  <si>
+    <t>Delloul Soufiane</t>
+  </si>
+  <si>
+    <t>Dutarte Matéo</t>
+  </si>
+  <si>
+    <t>Ehrhard Jeanne</t>
+  </si>
+  <si>
+    <t>Elie Gabrielle</t>
+  </si>
+  <si>
+    <t>Elkhalfioui Adam</t>
+  </si>
+  <si>
+    <t>Erdogan Leyla</t>
+  </si>
+  <si>
+    <t>Faucher Solène</t>
+  </si>
+  <si>
+    <t>Habi Karimene</t>
+  </si>
+  <si>
+    <t>Hakiki Aicha</t>
+  </si>
+  <si>
+    <t>Jans Lucas</t>
+  </si>
+  <si>
+    <t>Jausseme Baptiste</t>
+  </si>
+  <si>
+    <t>Kardache Mayar</t>
+  </si>
+  <si>
+    <t>Khnaba Aya</t>
+  </si>
+  <si>
+    <t>Maillé Pauline</t>
+  </si>
+  <si>
+    <t>Ouhrouche Emma</t>
+  </si>
+  <si>
+    <t>Petit Mathilde</t>
+  </si>
+  <si>
+    <t>Prat Julie</t>
+  </si>
+  <si>
+    <t>Roche Lucie</t>
+  </si>
+  <si>
+    <t>Royer Clémentine</t>
+  </si>
+  <si>
+    <t>Saidi Mohamed</t>
+  </si>
+  <si>
+    <t>760009550003</t>
+  </si>
+  <si>
+    <t>CHU TOULOUSE RANGUEIL</t>
+  </si>
+  <si>
+    <t>RADIO PHARMACIE RG</t>
+  </si>
+  <si>
+    <t>QUELVEN-BERTIN Isabelle</t>
+  </si>
+  <si>
+    <t>Technologies
+pharmaceutiques
+hospitalières - Contrôles</t>
+  </si>
+  <si>
+    <t>910012510007</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER A. DE
+VILLENEUVE</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie UP
+Dispositifs Médicaux
+Stériles et Implantables</t>
+  </si>
+  <si>
+    <t>FAURE CHAZELLES Christine</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux-
+Stérilisation - Hygiène
+hospitalière</t>
+  </si>
+  <si>
+    <t>MO0018140001</t>
+  </si>
+  <si>
+    <t>UNIVERSITE MONTPELLIER
+IFACULTE DE _15</t>
+  </si>
+  <si>
+    <t>Département de Pharmacie
+Galénique, Cosmétologie
+et biomatériaux - RPH</t>
+  </si>
+  <si>
+    <t>SOULAIROL Ian</t>
+  </si>
+  <si>
+    <t>Stage libre / Hors
+domaine</t>
+  </si>
+  <si>
+    <t>910000880019</t>
+  </si>
+  <si>
+    <t>CH BEZIERS</t>
+  </si>
+  <si>
+    <t>PHARMACIE .</t>
+  </si>
+  <si>
+    <t>SPORTOUCH Marie-Hélène</t>
+  </si>
+  <si>
+    <t>MO0015880001</t>
+  </si>
+  <si>
+    <t>Biologie Pathologie</t>
+  </si>
+  <si>
+    <t>FAILLIE Jean-Luc</t>
+  </si>
+  <si>
+    <t>MO0015920002</t>
+  </si>
+  <si>
+    <t>FACULTE DE PHARMACIE</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie
+clinique - Cardiologie</t>
+  </si>
+  <si>
+    <t>BREUKER Cyril</t>
+  </si>
+  <si>
+    <t>910002450023</t>
+  </si>
+  <si>
+    <t>CH PERPIGNAN</t>
+  </si>
+  <si>
+    <t>Pharmacie -hygiène
+hospitalière</t>
+  </si>
+  <si>
+    <t>HERAN-MICHEL Isabelle</t>
+  </si>
+  <si>
+    <t>910003070015</t>
+  </si>
+  <si>
+    <t>INSTITUT CANCER
+MONTPELLIER</t>
+  </si>
+  <si>
+    <t>PINGUET Frédéric</t>
+  </si>
+  <si>
+    <t>910012530007</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+pharmacotechnie et essais
+cliniques - Essais
+cliniques LAP</t>
+  </si>
+  <si>
+    <t>CASTET-NICOLAS Audrey</t>
+  </si>
+  <si>
+    <t>760009290001</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU</t>
+  </si>
+  <si>
+    <t>Pharmacie</t>
+  </si>
+  <si>
+    <t>ROUX Clarisse</t>
+  </si>
+  <si>
+    <t>Pharmacie clinique Prise
+en charge thérapeutique
+du patient</t>
+  </si>
+  <si>
+    <t>760009290002</t>
+  </si>
+  <si>
+    <t>MO0013930002</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+dispensation et pharmacie
+clinique - Gériatrie</t>
+  </si>
+  <si>
+    <t>LOHAN Laura</t>
+  </si>
+  <si>
+    <t>MO0018130001</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER
+LAPEYRONIE</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie - service
+dispensation et pharmacie
+clinique- Endocrinologie</t>
+  </si>
+  <si>
+    <t>TOURNAYRE Sarah</t>
+  </si>
+  <si>
+    <t>MO0013820002</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+pharmacotechnie et essais
+cliniques - UP
+radiopharmacie</t>
+  </si>
+  <si>
+    <t>KOUYOUMDJIAN Virginie</t>
+  </si>
+  <si>
+    <t>MO0018080001</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER SAINT
+ELOI</t>
+  </si>
+  <si>
+    <t>Pharmacie Clinique
+Médecine Interne ST ELOI</t>
+  </si>
+  <si>
+    <t>ROSANT Delphine</t>
+  </si>
+  <si>
+    <t>760009280001</t>
+  </si>
+  <si>
+    <t>BOURIN Delphine</t>
+  </si>
+  <si>
+    <t>910005260015</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+pharmacotechnie et essais
+cliniques - UP UPCO</t>
+  </si>
+  <si>
+    <t>VERGELY Laurence</t>
+  </si>
+  <si>
+    <t>910012500006</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+dispensation et pharmacie
+clinique-Dispensation
+Saint Eloi</t>
+  </si>
+  <si>
+    <t>MO0016010002</t>
+  </si>
+  <si>
+    <t>CL CLEMENTVILLE</t>
+  </si>
+  <si>
+    <t>PERICHOU Juliette</t>
+  </si>
+  <si>
+    <t>910005910009</t>
+  </si>
+  <si>
+    <t>Département de Pharmacie
+Galénique, Cosmétologie
+et biomatériaux - PHG</t>
+  </si>
+  <si>
+    <t>760006680003</t>
+  </si>
+  <si>
+    <t>CH MENDE</t>
+  </si>
+  <si>
+    <t>BONADIES Maria Luisa</t>
+  </si>
+  <si>
+    <t>MO0013810001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+pharmacotechnie et essais
+cliniques - UP MTI</t>
+  </si>
+  <si>
+    <t>QUINTARD Adeline</t>
+  </si>
+  <si>
+    <t>MO0013850001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+dispensation et pharmacie
+clinique-Cessions
+Externes</t>
+  </si>
+  <si>
+    <t>TERRAIL Nicolas</t>
+  </si>
+  <si>
+    <t>910001380019</t>
+  </si>
+  <si>
+    <t>CH ALES</t>
   </si>
   <si>
     <t>PHARMACIE</t>
   </si>
   <si>
-    <t xml:space="preserve">CHIC CASTRES MAZAMET </t>
+    <t>BOUIX Vincent</t>
+  </si>
+  <si>
+    <t>MO0018120001</t>
+  </si>
+  <si>
+    <t>MAURAN Philippe</t>
+  </si>
+  <si>
+    <t>MO0016030002</t>
+  </si>
+  <si>
+    <t>CL VALDEGOUR NIMES</t>
+  </si>
+  <si>
+    <t>Institut Cancérologie
+Gard</t>
+  </si>
+  <si>
+    <t>GARRIGUE-CHOLLET Anne-
+Laure</t>
+  </si>
+  <si>
+    <t>MO0017170002</t>
+  </si>
+  <si>
+    <t>MO0015980001</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie
+clinique -Neurologie</t>
+  </si>
+  <si>
+    <t>MO0018100001</t>
+  </si>
+  <si>
+    <t>Pharmacie Clinique
+DIAGORA ST ELOI</t>
+  </si>
+  <si>
+    <t>MO0016020002</t>
+  </si>
+  <si>
+    <t>SDIS 30</t>
+  </si>
+  <si>
+    <t>PUI</t>
+  </si>
+  <si>
+    <t>PICARD Alexandra</t>
+  </si>
+  <si>
+    <t>760009300001</t>
+  </si>
+  <si>
+    <t>Departement de Pharmacie
+Galénique, Cosmétolgie et
+biomatériaux</t>
+  </si>
+  <si>
+    <t>MO0013980001</t>
+  </si>
+  <si>
+    <t>UNIVERSITE MONTPELLIER
+FACULTE PHARMAC</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie
+clinique - médecine
+d'urgence</t>
+  </si>
+  <si>
+    <t>910003070014</t>
+  </si>
+  <si>
+    <t>MO0013840001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service
+pharmacotechnie et essais
+cliniques - UP
+Préparation
+pharmaceutique</t>
+  </si>
+  <si>
+    <t>JALABERT Anne</t>
+  </si>
+  <si>
+    <t>MO0013880001</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER A. DE VILLENEUVE</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service dispensation et pharmacie clinique-Cardiologie clinique</t>
+  </si>
+  <si>
+    <t>CHAPET Nicolas</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie clinique -Neurologie</t>
+  </si>
+  <si>
+    <t>MO0013830001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service pharmacotechnie et essais cliniques - UP Contrôles pharmaceutiques</t>
+  </si>
+  <si>
+    <t>LISOWSKI Vincent</t>
+  </si>
+  <si>
+    <t>910001380017</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH ALES </t>
+  </si>
+  <si>
+    <t>MO0013940001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie - Service dispensation et pharmacie clinique - Chirurgie Digestive clinique</t>
+  </si>
+  <si>
+    <t>Departement de Pharmacie Galénique, Cosmétolgie et biomatériaux</t>
+  </si>
+  <si>
+    <t>MO0013930001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service dispensation et pharmacie clinique - Gériatrie</t>
+  </si>
+  <si>
+    <t>MO0015910001</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie clinique - Hématologie</t>
+  </si>
+  <si>
+    <t>MO0014020002</t>
+  </si>
+  <si>
+    <t>UNIVERSITE MONTPELLIER FACULTE PHARMAC</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie clinique - pédiatrie</t>
+  </si>
+  <si>
+    <t>910005910008</t>
+  </si>
+  <si>
+    <t>UNIVERSITE MONTPELLIER IFACULTE DE _15</t>
+  </si>
+  <si>
+    <t>Département de Pharmacie Galénique, Cosmétologie et biomatériaux - PHG</t>
+  </si>
+  <si>
+    <t>760008220003</t>
+  </si>
+  <si>
+    <t>INSTITUT CANCER MONTPELLIER</t>
+  </si>
+  <si>
+    <t>PHARMACIE SECTEUR RADIOPHARMACIE</t>
+  </si>
+  <si>
+    <t>FERSING Cyril</t>
+  </si>
+  <si>
+    <t>910000050007</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CH LE MAS CAREIRON </t>
+  </si>
+  <si>
+    <t>PHARMACIE MEDICO-THERAPEUTIQUE</t>
+  </si>
+  <si>
+    <t>COURREGE Christophe</t>
+  </si>
+  <si>
+    <t>MO0015900001</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie-service dispensation et pharmacie clinique - Urgences</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER LAPEYRONIE</t>
+  </si>
+  <si>
+    <t>LAUREAU Marion</t>
+  </si>
+  <si>
+    <t>Pharmacie hospitalière</t>
+  </si>
+  <si>
+    <t>MO0013860001</t>
+  </si>
+  <si>
+    <t>VILLIET Maxime</t>
+  </si>
+  <si>
+    <t>910002450021</t>
+  </si>
+  <si>
+    <t>910013200006</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE SAINT-ROCH</t>
+  </si>
+  <si>
+    <t>AKCORA Laurie</t>
+  </si>
+  <si>
+    <t>Pharmacie hospitalière
+générale ; Hépato-gastro-
+entérologie</t>
+  </si>
+  <si>
+    <t>910012520005</t>
+  </si>
+  <si>
+    <t>CANTONI Joëlle</t>
+  </si>
+  <si>
+    <t>910001630016</t>
+  </si>
+  <si>
+    <t>CH NARBONNE</t>
+  </si>
+  <si>
+    <t>CHAUSSARD Michaël</t>
+  </si>
+  <si>
+    <t>910000880020</t>
+  </si>
+  <si>
+    <t>MO0018110002</t>
+  </si>
+  <si>
+    <t>910001630017</t>
+  </si>
+  <si>
+    <t>MO0013900001</t>
+  </si>
+  <si>
+    <t>910004390019</t>
+  </si>
+  <si>
+    <t>CH BASSIN DE THAU</t>
+  </si>
+  <si>
+    <t>PIOUD Virginie</t>
+  </si>
+  <si>
+    <t>910001380018</t>
+  </si>
+  <si>
+    <t>760008060003</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE GRAND SUD</t>
+  </si>
+  <si>
+    <t>PLOGIN Jérôme</t>
+  </si>
+  <si>
+    <t>910002450022</t>
+  </si>
+  <si>
+    <t>MO0013790001</t>
+  </si>
+  <si>
+    <t>CHS LEON JEAN GREGORY</t>
+  </si>
+  <si>
+    <t>BEDJIDIAN Sonia</t>
+  </si>
+  <si>
+    <t>Pharmacie clinique Prise en charge thérapeutique du patient</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux- Stérilisation - Hygiène hospitalière</t>
+  </si>
+  <si>
+    <t>Technologies pharmaceutiques hospitalières - Contrôles</t>
+  </si>
+  <si>
+    <t>LE GAL Cecile</t>
+  </si>
+  <si>
+    <t>DROIT ET ECONOMIE DE LA SANTE</t>
+  </si>
+  <si>
+    <t>UFR Pharmacie</t>
+  </si>
+  <si>
+    <t>Laboratoire de pharmacie clinique - HGE</t>
+  </si>
+  <si>
+    <t>Stage libre</t>
+  </si>
+  <si>
+    <t>Stage Llibre</t>
+  </si>
+  <si>
+    <t>Pôle Pharmacie - service dispensation et pharmacie clinique - Médecine interne Lap</t>
+  </si>
+  <si>
+    <t>MO0013960001</t>
+  </si>
+  <si>
+    <t>CHU Montpellier Lapeyronie</t>
+  </si>
+  <si>
+    <t>Centre d'addictovigilance CFPH</t>
+  </si>
+  <si>
+    <t>PEYRIERE Hélène</t>
   </si>
   <si>
     <t>Pôle Pharmacie UP achats, approvisionnement et gestion des produits de santé</t>
   </si>
   <si>
-    <t>CHU MONTPELLIER LAPEYRONIE</t>
-[...67 lines deleted...]
-  <si>
     <t>PERRILLIAT-MERCEROZ Marie-Pierre</t>
   </si>
   <si>
-    <t>BREUKER Cyril</t>
-[...20 lines deleted...]
-    <t>VILLIET Maxime</t>
+    <t>910003710016</t>
+  </si>
+  <si>
+    <t>CH BAGNOLS SUR CEZE</t>
   </si>
   <si>
     <t>MOURGUES Albin</t>
   </si>
   <si>
-    <t>ROCH-TORREILLES Isabelle</t>
-[...440 lines deleted...]
-    <t>VEYSSEYRE (ENJOLRAS) Laura</t>
+    <t>MO0015960001</t>
+  </si>
+  <si>
+    <t>Laboratoire de Pharmacie clinique - Chirurgie Orthopédique</t>
+  </si>
+  <si>
+    <t>MEDITECH</t>
+  </si>
+  <si>
+    <t>MO0018640001</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="5" x14ac:knownFonts="1">
+  <fonts count="14" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF00B050"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="5"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
   </fonts>
-  <fills count="5">
+  <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
-        <bgColor indexed="64"/>
-[...4 lines deleted...]
-        <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="6">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
@@ -946,492 +1319,547 @@
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="61">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment vertical="center"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-[...8 lines deleted...]
-      <alignment vertical="center"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="15">
+  <dxfs count="16">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
@@ -1444,129 +1872,125 @@
     <dxf>
       <border outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
-        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCCCFF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau1" displayName="Tableau1" ref="A1:J87" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11" totalsRowBorderDxfId="10">
-[...7 lines deleted...]
-    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Identité" dataDxfId="7"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau1" displayName="Tableau1" ref="A1:K96" totalsRowShown="0" headerRowDxfId="15" dataDxfId="13" headerRowBorderDxfId="14" tableBorderDxfId="12" totalsRowBorderDxfId="11">
+  <autoFilter ref="A1:K96" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <tableColumns count="11">
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Des de Gestion" dataDxfId="10"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Promo" dataDxfId="9"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Identité" dataDxfId="8"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Matricule CHU" dataDxfId="7"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Maquette Nbre semestres réputés validés" dataDxfId="6"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="Phase" dataDxfId="5"/>
     <tableColumn id="19" xr3:uid="{00000000-0010-0000-0000-000013000000}" name="N°Agrément" dataDxfId="4"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Ets d'affectation" dataDxfId="3"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Services d'affectation" dataDxfId="2"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="RTS" dataDxfId="1"/>
     <tableColumn id="21" xr3:uid="{00000000-0010-0000-0000-000015000000}" name="Domaine" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -1802,2931 +2226,3367 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:S87"/>
+  <dimension ref="A1:L98"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="C90" sqref="C90"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C69" sqref="C69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="18" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="11" max="11" width="35" style="18" customWidth="1"/>
+    <col min="1" max="1" width="17.85546875" style="25" customWidth="1"/>
+    <col min="2" max="2" width="11.28515625" style="25" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="29.28515625" style="25" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.42578125" style="14" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="13.85546875" style="25" customWidth="1"/>
+    <col min="6" max="6" width="8.85546875" style="25" customWidth="1"/>
+    <col min="7" max="7" width="15.85546875" style="25" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="39.85546875" style="32" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="70.140625" style="33" customWidth="1"/>
+    <col min="10" max="10" width="38" style="33" customWidth="1"/>
+    <col min="11" max="11" width="55" style="25" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="19" style="25" customWidth="1"/>
+    <col min="13" max="16384" width="11.42578125" style="23"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:12" ht="38.25" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="F1" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F1" s="1" t="s">
         <v>4</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="2" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="I1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="J1" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="K1"/>
-[...2 lines deleted...]
-      <c r="A2" s="4" t="s">
+      <c r="K1" s="1" t="s">
         <v>9</v>
       </c>
-      <c r="B2" s="5">
+      <c r="L1" s="23"/>
+    </row>
+    <row r="2" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A2" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B2" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C2" s="21" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" s="17">
+        <v>8</v>
+      </c>
+      <c r="F2" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G2" s="10">
+        <v>20000840003</v>
+      </c>
+      <c r="H2" s="3" t="s">
+        <v>106</v>
+      </c>
+      <c r="I2" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J2" s="29" t="s">
+        <v>108</v>
+      </c>
+      <c r="K2" s="3"/>
+    </row>
+    <row r="3" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A3" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C3" s="3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E3" s="17">
+        <v>8</v>
+      </c>
+      <c r="F3" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G3" s="10" t="s">
+        <v>273</v>
+      </c>
+      <c r="H3" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="I3" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="J3" s="6" t="s">
+        <v>276</v>
+      </c>
+      <c r="K3" s="6"/>
+    </row>
+    <row r="4" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A4" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C4" s="21" t="s">
+        <v>71</v>
+      </c>
+      <c r="D4" s="4" t="s">
+        <v>31</v>
+      </c>
+      <c r="E4" s="17">
+        <v>8</v>
+      </c>
+      <c r="F4" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G4" s="44"/>
+      <c r="H4" s="3" t="s">
+        <v>109</v>
+      </c>
+      <c r="I4" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="J4" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="K4" s="6"/>
+    </row>
+    <row r="5" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A5" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C5" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="D5" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="E5" s="17">
+        <v>6</v>
+      </c>
+      <c r="F5" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="10" t="s">
+        <v>145</v>
+      </c>
+      <c r="H5" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I5" s="6" t="s">
+        <v>147</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="K5" s="3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="6" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A6" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C6" s="3" t="s">
+        <v>62</v>
+      </c>
+      <c r="D6" s="4" t="s">
+        <v>26</v>
+      </c>
+      <c r="E6" s="17">
+        <v>6</v>
+      </c>
+      <c r="F6" s="17" t="s">
+        <v>112</v>
+      </c>
+      <c r="G6" s="10" t="s">
+        <v>335</v>
+      </c>
+      <c r="H6" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I6" s="6" t="s">
+        <v>317</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>316</v>
+      </c>
+      <c r="K6" s="3"/>
+    </row>
+    <row r="7" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A7" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C7" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="D7" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" s="17">
+        <v>6</v>
+      </c>
+      <c r="F7" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G7" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H7" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I7" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K7" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A8" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C8" s="3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D8" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="E8" s="17">
+        <v>6</v>
+      </c>
+      <c r="F8" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G8" s="20" t="s">
+        <v>281</v>
+      </c>
+      <c r="H8" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="I8" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="K8" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="9" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A9" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C9" s="3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D9" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" s="17">
+        <v>6</v>
+      </c>
+      <c r="F9" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G9" s="20" t="s">
+        <v>250</v>
+      </c>
+      <c r="H9" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="I9" s="6" t="s">
+        <v>252</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="K9" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="10" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A10" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C10" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="17">
+        <v>6</v>
+      </c>
+      <c r="F10" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G10" s="20" t="s">
+        <v>233</v>
+      </c>
+      <c r="H10" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I10" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="J10" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="K10" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="4">
+        <v>2021</v>
+      </c>
+      <c r="C11" s="3" t="s">
+        <v>40</v>
+      </c>
+      <c r="D11" s="4"/>
+      <c r="E11" s="17">
+        <v>6</v>
+      </c>
+      <c r="F11" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G11" s="20" t="s">
+        <v>255</v>
+      </c>
+      <c r="H11" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="I11" s="6" t="s">
+        <v>256</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>257</v>
+      </c>
+      <c r="K11" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="12" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D12" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="17">
+        <v>6</v>
+      </c>
+      <c r="F12" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G12" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I12" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K12" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A13" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C13" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" s="4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" s="17">
+        <v>6</v>
+      </c>
+      <c r="F13" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G13" s="20" t="s">
+        <v>258</v>
+      </c>
+      <c r="H13" s="3" t="s">
+        <v>259</v>
+      </c>
+      <c r="I13" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="J13" s="3" t="s">
+        <v>225</v>
+      </c>
+      <c r="K13" s="3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="14" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A14" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C14" s="3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" s="17">
+        <v>6</v>
+      </c>
+      <c r="F14" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G14" s="20" t="s">
+        <v>260</v>
+      </c>
+      <c r="H14" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="I14" s="6" t="s">
+        <v>261</v>
+      </c>
+      <c r="J14" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="K14" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="15" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A15" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C15" s="3" t="s">
+        <v>49</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>21</v>
+      </c>
+      <c r="E15" s="17">
+        <v>6</v>
+      </c>
+      <c r="F15" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G15" s="20" t="s">
+        <v>241</v>
+      </c>
+      <c r="H15" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I15" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="K15" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A16" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C16" s="3" t="s">
+        <v>53</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E16" s="17">
+        <v>6</v>
+      </c>
+      <c r="F16" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>263</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>251</v>
+      </c>
+      <c r="I16" s="6" t="s">
+        <v>264</v>
+      </c>
+      <c r="J16" s="3" t="s">
+        <v>189</v>
+      </c>
+      <c r="K16" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A17" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C17" s="3" t="s">
+        <v>58</v>
+      </c>
+      <c r="D17" s="4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E17" s="17">
+        <v>6</v>
+      </c>
+      <c r="F17" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G17" s="20" t="s">
+        <v>265</v>
+      </c>
+      <c r="H17" s="3" t="s">
+        <v>168</v>
+      </c>
+      <c r="I17" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="K17" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="18" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A18" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C18" s="3" t="s">
+        <v>59</v>
+      </c>
+      <c r="D18" s="4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E18" s="17">
+        <v>6</v>
+      </c>
+      <c r="F18" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G18" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H18" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I18" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K18" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="19" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A19" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C19" s="3" t="s">
+        <v>64</v>
+      </c>
+      <c r="D19" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E19" s="17">
+        <v>6</v>
+      </c>
+      <c r="F19" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>267</v>
+      </c>
+      <c r="H19" s="3" t="s">
+        <v>268</v>
+      </c>
+      <c r="I19" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>170</v>
+      </c>
+      <c r="K19" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="20" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A20" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D20" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="E20" s="17">
+        <v>6</v>
+      </c>
+      <c r="F20" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>270</v>
+      </c>
+      <c r="H20" s="3" t="s">
+        <v>271</v>
+      </c>
+      <c r="I20" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="J20" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="K20" s="3" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="21" spans="1:11" s="27" customFormat="1" ht="24.75" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A21" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C21" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="D21" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="E21" s="17">
+        <v>6</v>
+      </c>
+      <c r="F21" s="17" t="s">
+        <v>103</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>277</v>
+      </c>
+      <c r="H21" s="3" t="s">
+        <v>278</v>
+      </c>
+      <c r="I21" s="6" t="s">
+        <v>279</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>280</v>
+      </c>
+      <c r="K21" s="3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="22" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A22" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C22" s="45" t="s">
+        <v>37</v>
+      </c>
+      <c r="D22" s="41"/>
+      <c r="E22" s="17">
+        <v>4</v>
+      </c>
+      <c r="F22" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" s="20" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="I22" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="K22" s="29" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="23" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A23" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C23" s="3" t="s">
+        <v>44</v>
+      </c>
+      <c r="D23" s="15"/>
+      <c r="E23" s="17">
+        <v>4</v>
+      </c>
+      <c r="F23" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H23" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I23" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K23" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="24" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A24" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="D24" s="15"/>
+      <c r="E24" s="17">
+        <v>4</v>
+      </c>
+      <c r="F24" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H24" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I24" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J24" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K24" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="25" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A25" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C25" s="3" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" s="15"/>
+      <c r="E25" s="17">
+        <v>4</v>
+      </c>
+      <c r="F25" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" s="10" t="s">
+        <v>190</v>
+      </c>
+      <c r="H25" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="I25" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="K25" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A26" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C26" s="3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D26" s="15"/>
+      <c r="E26" s="17">
+        <v>4</v>
+      </c>
+      <c r="F26" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>197</v>
+      </c>
+      <c r="H26" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="I26" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="K26" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="27" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A27" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" s="4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E27" s="17">
+        <v>4</v>
+      </c>
+      <c r="F27" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" s="46"/>
+      <c r="H27" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="I27" s="47"/>
+      <c r="J27" s="3" t="s">
+        <v>105</v>
+      </c>
+      <c r="K27" s="3"/>
+    </row>
+    <row r="28" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A28" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C28" s="3" t="s">
+        <v>51</v>
+      </c>
+      <c r="D28" s="15"/>
+      <c r="E28" s="17">
+        <v>4</v>
+      </c>
+      <c r="F28" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" s="20" t="s">
+        <v>208</v>
+      </c>
+      <c r="H28" s="3" t="s">
+        <v>209</v>
+      </c>
+      <c r="I28" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J28" s="3" t="s">
+        <v>210</v>
+      </c>
+      <c r="K28" s="29" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="29" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A29" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C29" s="3" t="s">
+        <v>52</v>
+      </c>
+      <c r="D29" s="15"/>
+      <c r="E29" s="17">
+        <v>4</v>
+      </c>
+      <c r="F29" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" s="20" t="s">
+        <v>211</v>
+      </c>
+      <c r="H29" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="I29" s="3" t="s">
+        <v>212</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="K29" s="29" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="30" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A30" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C30" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="D30" s="15"/>
+      <c r="E30" s="17">
+        <v>4</v>
+      </c>
+      <c r="F30" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" s="20" t="s">
+        <v>213</v>
+      </c>
+      <c r="H30" s="3" t="s">
+        <v>214</v>
+      </c>
+      <c r="I30" s="3" t="s">
+        <v>334</v>
+      </c>
+      <c r="J30" s="3" t="s">
+        <v>215</v>
+      </c>
+      <c r="K30" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="31" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A31" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C31" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="D31" s="15"/>
+      <c r="E31" s="17">
+        <v>4</v>
+      </c>
+      <c r="F31" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" s="26" t="s">
+        <v>216</v>
+      </c>
+      <c r="H31" s="45" t="s">
+        <v>151</v>
+      </c>
+      <c r="I31" s="45" t="s">
+        <v>217</v>
+      </c>
+      <c r="J31" s="45" t="s">
+        <v>218</v>
+      </c>
+      <c r="K31" s="37" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="32" spans="1:11" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A32" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C32" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="D32" s="15"/>
+      <c r="E32" s="17">
+        <v>4</v>
+      </c>
+      <c r="F32" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" s="10" t="s">
+        <v>181</v>
+      </c>
+      <c r="H32" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I32" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J32" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K32" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="33" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A33" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D33" s="15"/>
+      <c r="E33" s="17">
+        <v>4</v>
+      </c>
+      <c r="F33" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" s="10">
+        <v>910004730024</v>
+      </c>
+      <c r="H33" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I33" s="44" t="s">
+        <v>114</v>
+      </c>
+      <c r="J33" s="3" t="s">
+        <v>115</v>
+      </c>
+      <c r="K33" s="3"/>
+    </row>
+    <row r="34" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A34" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C34" s="3" t="s">
+        <v>60</v>
+      </c>
+      <c r="D34" s="15"/>
+      <c r="E34" s="17">
+        <v>4</v>
+      </c>
+      <c r="F34" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" s="10" t="s">
+        <v>323</v>
+      </c>
+      <c r="H34" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="I34" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="J34" s="8" t="s">
+        <v>326</v>
+      </c>
+      <c r="K34" s="48" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="35" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A35" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C35" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="D35" s="15"/>
+      <c r="E35" s="17">
+        <v>4</v>
+      </c>
+      <c r="F35" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" s="49" t="s">
+        <v>226</v>
+      </c>
+      <c r="H35" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="I35" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="J35" s="50" t="s">
+        <v>227</v>
+      </c>
+      <c r="K35" s="51" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="36" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A36" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C36" s="3" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="15"/>
+      <c r="E36" s="17">
+        <v>4</v>
+      </c>
+      <c r="F36" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" s="10">
+        <v>910003750010</v>
+      </c>
+      <c r="H36" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I36" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="J36" s="50" t="s">
+        <v>328</v>
+      </c>
+      <c r="K36" s="48" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="37" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A37" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C37" s="3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D37" s="15"/>
+      <c r="E37" s="17">
+        <v>4</v>
+      </c>
+      <c r="F37" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" s="10">
+        <v>910007080005</v>
+      </c>
+      <c r="H37" s="3" t="s">
+        <v>113</v>
+      </c>
+      <c r="I37" s="3" t="s">
+        <v>116</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>117</v>
+      </c>
+      <c r="K37" s="29"/>
+    </row>
+    <row r="38" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A38" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C38" s="3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" s="15"/>
+      <c r="E38" s="17">
+        <v>4</v>
+      </c>
+      <c r="F38" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" s="10" t="s">
+        <v>235</v>
+      </c>
+      <c r="H38" s="3" t="s">
+        <v>198</v>
+      </c>
+      <c r="I38" s="3" t="s">
+        <v>236</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>200</v>
+      </c>
+      <c r="K38" s="29" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="39" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A39" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C39" s="3" t="s">
+        <v>69</v>
+      </c>
+      <c r="D39" s="15"/>
+      <c r="E39" s="17">
+        <v>4</v>
+      </c>
+      <c r="F39" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="H39" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I39" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="K39" s="29" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="40" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A40" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" s="4">
+        <v>2022</v>
+      </c>
+      <c r="C40" s="3" t="s">
+        <v>72</v>
+      </c>
+      <c r="D40" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E40" s="17">
+        <v>4</v>
+      </c>
+      <c r="F40" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" s="10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H40" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I40" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>166</v>
+      </c>
+      <c r="K40" s="3" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="41" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A41" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D41" s="15"/>
+      <c r="E41" s="17">
+        <v>4</v>
+      </c>
+      <c r="F41" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" s="10" t="s">
+        <v>246</v>
+      </c>
+      <c r="H41" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="K41" s="29" t="s">
+        <v>185</v>
+      </c>
+      <c r="L41" s="23"/>
+    </row>
+    <row r="42" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A42" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C42" s="3" t="s">
+        <v>74</v>
+      </c>
+      <c r="D42" s="15"/>
+      <c r="E42" s="17">
+        <v>4</v>
+      </c>
+      <c r="F42" s="17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" s="10" t="s">
+        <v>247</v>
+      </c>
+      <c r="H42" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I42" s="3" t="s">
+        <v>248</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>249</v>
+      </c>
+      <c r="K42" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="L42" s="23"/>
+    </row>
+    <row r="43" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A43" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" s="4">
         <v>2024</v>
       </c>
-      <c r="C2" s="7" t="s">
+      <c r="C43" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="16"/>
+      <c r="E43" s="13">
+        <v>2</v>
+      </c>
+      <c r="F43" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K43" s="35" t="s">
+        <v>154</v>
+      </c>
+      <c r="L43" s="23"/>
+    </row>
+    <row r="44" spans="1:12" s="27" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A44" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D44" s="16"/>
+      <c r="E44" s="13">
+        <v>2</v>
+      </c>
+      <c r="F44" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="7" t="s">
+        <v>160</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="K44" s="35" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="45" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A45" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="D45" s="16"/>
+      <c r="E45" s="13">
+        <v>2</v>
+      </c>
+      <c r="F45" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" s="7" t="s">
+        <v>164</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K45" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L45" s="23"/>
+    </row>
+    <row r="46" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A46" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D46" s="16"/>
+      <c r="E46" s="13">
+        <v>2</v>
+      </c>
+      <c r="F46" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" s="42" t="s">
+        <v>167</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K46" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L46" s="23"/>
+    </row>
+    <row r="47" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A47" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="D47" s="16"/>
+      <c r="E47" s="13">
+        <v>2</v>
+      </c>
+      <c r="F47" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" s="7" t="s">
+        <v>171</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="K47" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L47" s="23"/>
+    </row>
+    <row r="48" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A48" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D48" s="16"/>
+      <c r="E48" s="13">
+        <v>2</v>
+      </c>
+      <c r="F48" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="7" t="s">
+        <v>175</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="K48" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L48" s="23"/>
+    </row>
+    <row r="49" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A49" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D49" s="16"/>
+      <c r="E49" s="13">
+        <v>2</v>
+      </c>
+      <c r="F49" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K49" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L49" s="23"/>
+    </row>
+    <row r="50" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A50" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D50" s="16"/>
+      <c r="E50" s="13">
+        <v>2</v>
+      </c>
+      <c r="F50" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" s="7" t="s">
+        <v>186</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="K50" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L50" s="23"/>
+    </row>
+    <row r="51" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A51" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D51" s="16"/>
+      <c r="E51" s="13">
+        <v>2</v>
+      </c>
+      <c r="F51" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="39" t="s">
+        <v>187</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="K51" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L51" s="23"/>
+    </row>
+    <row r="52" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A52" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="D52" s="16"/>
+      <c r="E52" s="13">
+        <v>2</v>
+      </c>
+      <c r="F52" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="K52" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L52" s="23"/>
+    </row>
+    <row r="53" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A53" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D53" s="16"/>
+      <c r="E53" s="13">
+        <v>2</v>
+      </c>
+      <c r="F53" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="10" t="s">
+        <v>201</v>
+      </c>
+      <c r="H53" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="I53" s="3" t="s">
+        <v>183</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>202</v>
+      </c>
+      <c r="K53" s="36" t="s">
+        <v>154</v>
+      </c>
+      <c r="L53" s="23"/>
+    </row>
+    <row r="54" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A54" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" s="4">
+        <v>2023</v>
+      </c>
+      <c r="C54" s="3" t="s">
+        <v>102</v>
+      </c>
+      <c r="D54" s="18"/>
+      <c r="E54" s="17">
+        <v>3</v>
+      </c>
+      <c r="F54" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" s="10" t="s">
+        <v>203</v>
+      </c>
+      <c r="H54" s="3" t="s">
+        <v>151</v>
+      </c>
+      <c r="I54" s="3" t="s">
+        <v>204</v>
+      </c>
+      <c r="J54" s="3" t="s">
+        <v>205</v>
+      </c>
+      <c r="K54" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="L54" s="23"/>
+    </row>
+    <row r="55" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A55" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D55" s="16"/>
+      <c r="E55" s="13">
+        <v>2</v>
+      </c>
+      <c r="F55" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" s="7" t="s">
+        <v>203</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="K55" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L55" s="23"/>
+    </row>
+    <row r="56" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A56" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D56" s="16"/>
+      <c r="E56" s="13">
+        <v>2</v>
+      </c>
+      <c r="F56" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="J56" s="12" t="s">
+        <v>200</v>
+      </c>
+      <c r="K56" s="35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L56" s="23"/>
+    </row>
+    <row r="57" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A57" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="D57" s="16"/>
+      <c r="E57" s="13">
+        <v>2</v>
+      </c>
+      <c r="F57" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="K57" s="35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L57" s="23"/>
+    </row>
+    <row r="58" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A58" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="D58" s="16"/>
+      <c r="E58" s="13">
+        <v>2</v>
+      </c>
+      <c r="F58" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="39" t="s">
+        <v>222</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="K58" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L58" s="23"/>
+    </row>
+    <row r="59" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A59" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D59" s="16"/>
+      <c r="E59" s="13">
+        <v>2</v>
+      </c>
+      <c r="F59" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" s="20" t="s">
+        <v>228</v>
+      </c>
+      <c r="H59" s="9" t="s">
+        <v>229</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="K59" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="L59" s="23"/>
+    </row>
+    <row r="60" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A60" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C60" s="22" t="s">
+        <v>99</v>
+      </c>
+      <c r="D60" s="43"/>
+      <c r="E60" s="13">
+        <v>2</v>
+      </c>
+      <c r="F60" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="40" t="s">
+        <v>150</v>
+      </c>
+      <c r="H60" s="34" t="s">
+        <v>151</v>
+      </c>
+      <c r="I60" s="22" t="s">
+        <v>152</v>
+      </c>
+      <c r="J60" s="22" t="s">
+        <v>153</v>
+      </c>
+      <c r="K60" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="L60" s="23"/>
+    </row>
+    <row r="61" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A61" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="D61" s="16"/>
+      <c r="E61" s="13">
+        <v>2</v>
+      </c>
+      <c r="F61" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="K61" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L61" s="23"/>
+    </row>
+    <row r="62" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A62" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D62" s="16"/>
+      <c r="E62" s="13">
+        <v>2</v>
+      </c>
+      <c r="F62" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="13" t="s">
+        <v>232</v>
+      </c>
+      <c r="H62" s="12" t="s">
+        <v>318</v>
+      </c>
+      <c r="I62" s="38" t="s">
+        <v>319</v>
+      </c>
+      <c r="J62" s="38" t="s">
+        <v>170</v>
+      </c>
+      <c r="K62" s="24" t="s">
+        <v>321</v>
+      </c>
+      <c r="L62" s="23"/>
+    </row>
+    <row r="63" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A63" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D63" s="16"/>
+      <c r="E63" s="13">
+        <v>2</v>
+      </c>
+      <c r="F63" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" s="7" t="s">
+        <v>219</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="K63" s="35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L63" s="23"/>
+    </row>
+    <row r="64" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A64" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D64" s="16"/>
+      <c r="E64" s="13">
+        <v>2</v>
+      </c>
+      <c r="F64" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K64" s="35" t="s">
+        <v>185</v>
+      </c>
+      <c r="L64" s="23"/>
+    </row>
+    <row r="65" spans="1:12" s="28" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A65" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="D65" s="16"/>
+      <c r="E65" s="13">
+        <v>2</v>
+      </c>
+      <c r="F65" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="K65" s="35" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A66" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>81</v>
+      </c>
+      <c r="D66" s="16"/>
+      <c r="E66" s="13">
+        <v>2</v>
+      </c>
+      <c r="F66" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" s="7" t="s">
+        <v>241</v>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K66" s="35" t="s">
+        <v>149</v>
+      </c>
+      <c r="L66" s="23"/>
+    </row>
+    <row r="67" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A67" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D67" s="16"/>
+      <c r="E67" s="13">
+        <v>2</v>
+      </c>
+      <c r="F67" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="K67" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L67" s="23"/>
+    </row>
+    <row r="68" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A68" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" s="19">
+        <v>2024</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D68" s="16"/>
+      <c r="E68" s="13">
+        <v>2</v>
+      </c>
+      <c r="F68" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" s="7" t="s">
+        <v>243</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K68" s="35" t="s">
+        <v>159</v>
+      </c>
+      <c r="L68" s="23"/>
+    </row>
+    <row r="69" spans="1:12" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A69" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" s="4">
+        <v>2024</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="D69" s="16"/>
+      <c r="E69" s="13">
+        <v>2</v>
+      </c>
+      <c r="F69" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="K69" s="35" t="s">
+        <v>154</v>
+      </c>
+      <c r="L69" s="23"/>
+    </row>
+    <row r="70" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A70" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C70" s="6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D70" s="17"/>
+      <c r="E70" s="17">
+        <v>0</v>
+      </c>
+      <c r="F70" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="56" t="s">
+        <v>302</v>
+      </c>
+      <c r="H70" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="I70" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J70" s="57" t="s">
+        <v>304</v>
+      </c>
+      <c r="K70" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="71" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A71" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C71" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="D71" s="17"/>
+      <c r="E71" s="17">
+        <v>0</v>
+      </c>
+      <c r="F71" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" s="56" t="s">
+        <v>286</v>
+      </c>
+      <c r="H71" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="I71" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J71" s="57" t="s">
+        <v>287</v>
+      </c>
+      <c r="K71" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A72" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C72" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="D72" s="17"/>
+      <c r="E72" s="17">
+        <v>0</v>
+      </c>
+      <c r="F72" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" s="56" t="s">
+        <v>305</v>
+      </c>
+      <c r="H72" s="6" t="s">
+        <v>223</v>
+      </c>
+      <c r="I72" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J72" s="57" t="s">
+        <v>225</v>
+      </c>
+      <c r="K72" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="73" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A73" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>121</v>
+      </c>
+      <c r="D73" s="17"/>
+      <c r="E73" s="17">
+        <v>0</v>
+      </c>
+      <c r="F73" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" s="56" t="s">
+        <v>293</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I73" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J73" s="57" t="s">
+        <v>294</v>
+      </c>
+      <c r="K73" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="74" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A74" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C74" s="6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D74" s="17"/>
+      <c r="E74" s="17">
+        <v>0</v>
+      </c>
+      <c r="F74" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" s="56" t="s">
+        <v>288</v>
+      </c>
+      <c r="H74" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="I74" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J74" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="K74" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="75" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A75" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C75" s="6" t="s">
+        <v>123</v>
+      </c>
+      <c r="D75" s="17"/>
+      <c r="E75" s="17">
+        <v>0</v>
+      </c>
+      <c r="F75" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" s="17" t="s">
+        <v>150</v>
+      </c>
+      <c r="H75" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I75" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J75" s="11" t="s">
+        <v>153</v>
+      </c>
+      <c r="K75" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A76" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C76" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="D76" s="17"/>
+      <c r="E76" s="17">
+        <v>0</v>
+      </c>
+      <c r="F76" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" s="56" t="s">
+        <v>286</v>
+      </c>
+      <c r="H76" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="I76" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J76" s="57" t="s">
+        <v>287</v>
+      </c>
+      <c r="K76" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A77" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B77" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C77" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="D77" s="17"/>
+      <c r="E77" s="17">
+        <v>0</v>
+      </c>
+      <c r="F77" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" s="56" t="s">
+        <v>181</v>
+      </c>
+      <c r="H77" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="I77" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J77" s="57" t="s">
+        <v>184</v>
+      </c>
+      <c r="K77" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="78" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A78" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B78" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C78" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="D78" s="17"/>
+      <c r="E78" s="17">
+        <v>0</v>
+      </c>
+      <c r="F78" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" s="56" t="s">
+        <v>309</v>
+      </c>
+      <c r="H78" s="6" t="s">
+        <v>172</v>
+      </c>
+      <c r="I78" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J78" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="K78" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="79" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A79" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B79" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C79" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="D79" s="17"/>
+      <c r="E79" s="17">
+        <v>0</v>
+      </c>
+      <c r="F79" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" s="56" t="s">
+        <v>206</v>
+      </c>
+      <c r="H79" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I79" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J79" s="57" t="s">
+        <v>200</v>
+      </c>
+      <c r="K79" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="80" spans="1:12" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A80" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B80" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C80" s="6" t="s">
         <v>128</v>
       </c>
-      <c r="D2" s="3">
-[...38 lines deleted...]
-      <c r="F3" s="12" t="s">
+      <c r="D80" s="17"/>
+      <c r="E80" s="17">
+        <v>0</v>
+      </c>
+      <c r="F80" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" s="56" t="s">
+        <v>206</v>
+      </c>
+      <c r="H80" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I80" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J80" s="57" t="s">
+        <v>200</v>
+      </c>
+      <c r="K80" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A81" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B81" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C81" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="D81" s="17"/>
+      <c r="E81" s="17">
+        <v>0</v>
+      </c>
+      <c r="F81" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" s="56" t="s">
+        <v>295</v>
+      </c>
+      <c r="H81" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="I81" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J81" s="57" t="s">
+        <v>297</v>
+      </c>
+      <c r="K81" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="82" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A82" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B82" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C82" s="6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D82" s="17"/>
+      <c r="E82" s="17">
+        <v>0</v>
+      </c>
+      <c r="F82" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" s="56" t="s">
+        <v>300</v>
+      </c>
+      <c r="H82" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="I82" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J82" s="57" t="s">
+        <v>297</v>
+      </c>
+      <c r="K82" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="83" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A83" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B83" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C83" s="6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D83" s="17"/>
+      <c r="E83" s="17">
+        <v>0</v>
+      </c>
+      <c r="F83" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" s="56" t="s">
+        <v>181</v>
+      </c>
+      <c r="H83" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="I83" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J83" s="57" t="s">
+        <v>184</v>
+      </c>
+      <c r="K83" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="84" spans="1:11" s="58" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A84" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B84" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C84" s="6" t="s">
+        <v>132</v>
+      </c>
+      <c r="D84" s="17"/>
+      <c r="E84" s="17">
+        <v>0</v>
+      </c>
+      <c r="F84" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" s="59" t="s">
+        <v>329</v>
+      </c>
+      <c r="H84" s="60" t="s">
+        <v>330</v>
+      </c>
+      <c r="I84" s="60" t="s">
+        <v>285</v>
+      </c>
+      <c r="J84" s="60" t="s">
+        <v>331</v>
+      </c>
+      <c r="K84" s="60" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="85" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A85" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B85" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C85" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="D85" s="17"/>
+      <c r="E85" s="17">
+        <v>0</v>
+      </c>
+      <c r="F85" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" s="56" t="s">
+        <v>181</v>
+      </c>
+      <c r="H85" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="I85" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J85" s="57" t="s">
+        <v>184</v>
+      </c>
+      <c r="K85" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A86" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B86" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C86" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="D86" s="17"/>
+      <c r="E86" s="17">
+        <v>0</v>
+      </c>
+      <c r="F86" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" s="56" t="s">
+        <v>293</v>
+      </c>
+      <c r="H86" s="6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I86" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J86" s="57" t="s">
+        <v>294</v>
+      </c>
+      <c r="K86" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="87" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A87" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B87" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C87" s="6" t="s">
+        <v>135</v>
+      </c>
+      <c r="D87" s="17"/>
+      <c r="E87" s="17">
+        <v>0</v>
+      </c>
+      <c r="F87" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" s="56" t="s">
+        <v>286</v>
+      </c>
+      <c r="H87" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="I87" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J87" s="57" t="s">
+        <v>287</v>
+      </c>
+      <c r="K87" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="88" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A88" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B88" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C88" s="6" t="s">
+        <v>136</v>
+      </c>
+      <c r="D88" s="17"/>
+      <c r="E88" s="17">
+        <v>0</v>
+      </c>
+      <c r="F88" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" s="17" t="s">
+        <v>332</v>
+      </c>
+      <c r="H88" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="I88" s="50" t="s">
+        <v>333</v>
+      </c>
+      <c r="J88" s="50" t="s">
         <v>170</v>
       </c>
-      <c r="G3" s="4" t="s">
-[...165 lines deleted...]
-      <c r="H8" s="6" t="s">
+      <c r="K88" s="6" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="89" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A89" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B89" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C89" s="6" t="s">
+        <v>137</v>
+      </c>
+      <c r="D89" s="17"/>
+      <c r="E89" s="17">
+        <v>0</v>
+      </c>
+      <c r="F89" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" s="56" t="s">
+        <v>289</v>
+      </c>
+      <c r="H89" s="6" t="s">
+        <v>290</v>
+      </c>
+      <c r="I89" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J89" s="57" t="s">
+        <v>291</v>
+      </c>
+      <c r="K89" s="11" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="90" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A90" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B90" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C90" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D90" s="17"/>
+      <c r="E90" s="17">
+        <v>0</v>
+      </c>
+      <c r="F90" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" s="56" t="s">
+        <v>201</v>
+      </c>
+      <c r="H90" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="I90" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="J90" s="57" t="s">
+        <v>202</v>
+      </c>
+      <c r="K90" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A91" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B91" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C91" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="D91" s="17"/>
+      <c r="E91" s="17">
+        <v>0</v>
+      </c>
+      <c r="F91" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" s="56" t="s">
+        <v>310</v>
+      </c>
+      <c r="H91" s="6" t="s">
+        <v>311</v>
+      </c>
+      <c r="I91" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J91" s="57" t="s">
+        <v>312</v>
+      </c>
+      <c r="K91" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A92" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B92" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C92" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="D92" s="17"/>
+      <c r="E92" s="17">
+        <v>0</v>
+      </c>
+      <c r="F92" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" s="56" t="s">
+        <v>306</v>
+      </c>
+      <c r="H92" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="I92" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J92" s="57" t="s">
+        <v>308</v>
+      </c>
+      <c r="K92" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="93" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A93" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B93" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C93" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="D93" s="17"/>
+      <c r="E93" s="17">
+        <v>0</v>
+      </c>
+      <c r="F93" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" s="56" t="s">
+        <v>298</v>
+      </c>
+      <c r="H93" s="6" t="s">
+        <v>161</v>
+      </c>
+      <c r="I93" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J93" s="57" t="s">
+        <v>163</v>
+      </c>
+      <c r="K93" s="11" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="94" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A94" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B94" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C94" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="D94" s="17"/>
+      <c r="E94" s="17">
+        <v>0</v>
+      </c>
+      <c r="F94" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" s="56" t="s">
+        <v>299</v>
+      </c>
+      <c r="H94" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="I94" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J94" s="57" t="s">
+        <v>189</v>
+      </c>
+      <c r="K94" s="11" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="95" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A95" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B95" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C95" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="D95" s="17"/>
+      <c r="E95" s="17">
+        <v>0</v>
+      </c>
+      <c r="F95" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" s="56" t="s">
+        <v>201</v>
+      </c>
+      <c r="H95" s="6" t="s">
+        <v>182</v>
+      </c>
+      <c r="I95" s="11" t="s">
+        <v>292</v>
+      </c>
+      <c r="J95" s="57" t="s">
+        <v>202</v>
+      </c>
+      <c r="K95" s="11" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" s="58" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="A96" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B96" s="17">
+        <v>2025</v>
+      </c>
+      <c r="C96" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D96" s="17"/>
+      <c r="E96" s="17">
+        <v>0</v>
+      </c>
+      <c r="F96" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" s="56" t="s">
+        <v>301</v>
+      </c>
+      <c r="H96" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="I8" s="7" t="s">
-[...1752 lines deleted...]
-      <c r="F62" s="9" t="s">
+      <c r="I96" s="11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J96" s="57" t="s">
+        <v>249</v>
+      </c>
+      <c r="K96" s="11" t="s">
         <v>185</v>
       </c>
-      <c r="G62" s="7" t="s">
-[...826 lines deleted...]
-      <c r="K87"/>
+    </row>
+    <row r="97" spans="1:11" s="30" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A97" s="52"/>
+      <c r="B97" s="52"/>
+      <c r="C97" s="52"/>
+      <c r="D97" s="53"/>
+      <c r="E97" s="52"/>
+      <c r="F97" s="52"/>
+      <c r="G97" s="52"/>
+      <c r="H97" s="54"/>
+      <c r="I97" s="55"/>
+      <c r="J97" s="55"/>
+      <c r="K97" s="52"/>
+    </row>
+    <row r="98" spans="1:11" s="31" customFormat="1" x14ac:dyDescent="0.2">
+      <c r="A98" s="25"/>
+      <c r="B98" s="25"/>
+      <c r="C98" s="25"/>
+      <c r="D98" s="14"/>
+      <c r="E98" s="25"/>
+      <c r="F98" s="25"/>
+      <c r="G98" s="25"/>
+      <c r="H98" s="32"/>
+      <c r="I98" s="33"/>
+      <c r="J98" s="33"/>
+      <c r="K98" s="25"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="x1Tg0DMMuNIrutwHlmcchGdBi6YzcAuN8QPqOEjNJno1k3KSYy7qfAWTPe8vwpV7sqYBlXzCs6ld2oKHytoXsA==" saltValue="HWcmZZ3g5jJxYh60Y2Kmng==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="vWAN7YTg4Z/Ue34k4u0jcb7qXPoYbCneDB/xzI4sr3VioxmgPqkzHj+MUjr2+nt5WIUywJF+1JFLfawYicQjUA==" saltValue="wm0v5EQ4FiQbxiFyOUEeEA==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <phoneticPr fontId="5" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Pharmacie R3C MTP - Mai 2025</vt:lpstr>
+      <vt:lpstr>Pharmacie R3C MTP - Nov 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pauline.rebichon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-07-28T12:45:36Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>6be089ed-5937-418a-a78d-9cca58150cff</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>