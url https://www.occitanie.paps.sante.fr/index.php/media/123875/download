--- v0 (2025-10-15)
+++ v1 (2026-02-13)
@@ -1,528 +1,528 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\MAI 2025\Affectations Mai 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\NOV 2025\Affectation NOV 25 Bio et PH Mtp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F2654C46-B9BA-4089-9FA6-1439ECB1A625}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{894E17B4-4A9C-4A96-B8C3-072ED724854A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Bio med MTP Mai 2025" sheetId="1" r:id="rId1"/>
+    <sheet name="Bio med MTP Nov 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="146">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="344" uniqueCount="142">
   <si>
     <t>Des de Gestion</t>
   </si>
   <si>
     <t>Promo</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>Ets d'affectation</t>
   </si>
   <si>
     <t>Services d'affectation</t>
   </si>
   <si>
     <t>RTS</t>
   </si>
   <si>
-    <t>Options précoces</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDECIN - Biologie Médicale R3C</t>
   </si>
   <si>
     <t>CIAPARRA Kevin</t>
   </si>
   <si>
     <t>P1</t>
   </si>
   <si>
     <t>HAMITOUCHE Mélissa</t>
   </si>
   <si>
     <t>PHARMA - Biologie Médicale R3C</t>
   </si>
   <si>
     <t>P2</t>
   </si>
   <si>
     <t>P3</t>
   </si>
   <si>
     <t>N° Agrément</t>
   </si>
   <si>
     <t>Maquette Nbre semestres réputés validés</t>
   </si>
   <si>
     <t>AAMOUM Amal</t>
   </si>
   <si>
-    <t>ABBOUD Norhen</t>
-[...5 lines deleted...]
-    <t>AUGAGNEUR Chloé</t>
+    <t>BAUD Bastien</t>
   </si>
   <si>
     <t>CHARIF Dana</t>
   </si>
   <si>
     <t>COCQU Théo</t>
   </si>
   <si>
     <t>COLLERET Elsa</t>
   </si>
   <si>
-    <t>CONQUET Guilhem</t>
-[...1 lines deleted...]
-  <si>
     <t>DE JOUVANCOURT DE CHANNES Raphaël</t>
   </si>
   <si>
     <t>DJIOGNOU NDIZEU ANDELA Stelle</t>
   </si>
   <si>
     <t>DUBUS Andréa</t>
   </si>
   <si>
-    <t>DURAND Violaine</t>
-[...1 lines deleted...]
-  <si>
     <t>FARNOLE Frédéric</t>
   </si>
   <si>
     <t>GAILLARD Marie</t>
   </si>
   <si>
-    <t>GUECHE Yanis</t>
-[...1 lines deleted...]
-  <si>
     <t>HAMMAMI Cédric</t>
   </si>
   <si>
-    <t>HERSENT Clément</t>
-[...16 lines deleted...]
-  <si>
     <t>MIAILLE Marine</t>
   </si>
   <si>
-    <t>MIDA Seifeddine</t>
-[...1 lines deleted...]
-  <si>
     <t>MOULIERAS (RUIZ DE EGUINO) Mikeldi</t>
   </si>
   <si>
     <t>OLIVIER Noémie</t>
   </si>
   <si>
     <t>QUENOUILLERE Raphaël</t>
   </si>
   <si>
     <t>RADZIEJEWSKI Quentin</t>
   </si>
   <si>
-    <t>RIO Léo-Pol</t>
+    <t>ROBERT Lisa</t>
   </si>
   <si>
     <t>ROLLAND Ilona</t>
   </si>
   <si>
     <t>TOBAL Elyes</t>
   </si>
   <si>
     <t>TRABELSI Nihed</t>
   </si>
   <si>
-    <t>URENIA Luca</t>
-[...7 lines deleted...]
-  <si>
     <t>Interne</t>
   </si>
   <si>
     <t>AKADJAME Jeanita</t>
   </si>
   <si>
     <t>BAHLOUL Saba</t>
   </si>
   <si>
     <t>KHALED Youssra</t>
   </si>
   <si>
     <t>MARGUERITTE Louis</t>
   </si>
   <si>
     <t>HERBERT Lou</t>
   </si>
   <si>
     <t>DESSENNES Eliot</t>
   </si>
   <si>
     <t>SOUIRI OUKHIRA Naima</t>
   </si>
   <si>
     <t>MONTAUFRAY Mathilde</t>
   </si>
   <si>
     <t>DAOUDI Myriam</t>
   </si>
   <si>
     <t>PÉRICAT Romain</t>
   </si>
   <si>
     <t>THEBAULT Capucine</t>
   </si>
   <si>
     <t>BOUMBAR Nazim</t>
   </si>
   <si>
     <t>BENYAYA Lucie</t>
   </si>
   <si>
-    <t>SENGCHANH Edwin</t>
-[...26 lines deleted...]
-    <t>ANAHORY Tal</t>
+    <t>CHU de Pointe-à-Pitre, Guadeloupe - ANTILLES GUYANE</t>
+  </si>
+  <si>
+    <t>Dr BREUREC Sébastien</t>
+  </si>
+  <si>
+    <t>Laboratoire Microbiologie clinique</t>
+  </si>
+  <si>
+    <t>PF0000120001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr BOS Raphaelle </t>
+  </si>
+  <si>
+    <t>Institut Louis Melardé</t>
+  </si>
+  <si>
+    <t>Laboratoire de Biologie médicale</t>
+  </si>
+  <si>
+    <t>Service d'hématologie biologique</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pr. WAGNER-BALLON </t>
+  </si>
+  <si>
+    <t>CHU Henri Mondor APHP</t>
+  </si>
+  <si>
+    <t>Laboratoire de microbiologie</t>
+  </si>
+  <si>
+    <t>CH Henri Duffaut Avignon</t>
+  </si>
+  <si>
+    <t>DELEFOSSE Louise</t>
+  </si>
+  <si>
+    <t>SIMONIN Aurore</t>
+  </si>
+  <si>
+    <t>Atallah Mohamed Koussay</t>
+  </si>
+  <si>
+    <t>Beauchamp Léa</t>
+  </si>
+  <si>
+    <t>Bournine Walid</t>
+  </si>
+  <si>
+    <t>Cere Victor</t>
+  </si>
+  <si>
+    <t>Dequeudre Marine</t>
+  </si>
+  <si>
+    <t>Havasi Emma</t>
+  </si>
+  <si>
+    <t>Hojeij Rayan</t>
+  </si>
+  <si>
+    <t>Maria Victor</t>
+  </si>
+  <si>
+    <t>Mariani Lorenzo</t>
+  </si>
+  <si>
+    <t>Martinet Ilona</t>
+  </si>
+  <si>
+    <t>Mimouni Ilies</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER SAINT ELOI</t>
+  </si>
+  <si>
+    <t>LABORATOIRE DE VIROLOGIE</t>
+  </si>
+  <si>
+    <t>TUAILLON Edouard</t>
+  </si>
+  <si>
+    <t>Agent infectieux</t>
   </si>
   <si>
     <t>CHU MONTPELLIER LAPEYRONIE</t>
   </si>
   <si>
-    <t>JUMAS-BILAK Estelle</t>
-[...17 lines deleted...]
-    <t>CH Bassin de Thau</t>
+    <t>LABORATOIRE DE BIOCHIMIE</t>
+  </si>
+  <si>
+    <t>GORCE-DUPUY Anne-Marie</t>
+  </si>
+  <si>
+    <t>Médecine moléculaire, génétique et pharmacologie</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER A. DE
+VILLENEUVE</t>
+  </si>
+  <si>
+    <t>BIOPATHOLOGIE CELLULAIRE
+ET TISSULAIRE</t>
+  </si>
+  <si>
+    <t>SOLASSOL Jérôme</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU</t>
+  </si>
+  <si>
+    <t>UF DE PARASITOLOGIE-
+MYCOLOGIE</t>
+  </si>
+  <si>
+    <t>LAVIGNE Jean-Philippe</t>
+  </si>
+  <si>
+    <t>MO0017410004</t>
+  </si>
+  <si>
+    <t>Laboratoire de génétique
+moléculaire de maladies
+rares (LGMMR)</t>
+  </si>
+  <si>
+    <t>COSSEE Mireille</t>
+  </si>
+  <si>
+    <t>BIOLOGIE DE LA
+REPRODUCTION</t>
+  </si>
+  <si>
+    <t>BROUILLET Sophie</t>
+  </si>
+  <si>
+    <t>Biologie de la reproduction</t>
+  </si>
+  <si>
+    <t>BACTERIOLOGIE VIROLOGIE</t>
+  </si>
+  <si>
+    <t>GODREUIL Sylvain</t>
+  </si>
+  <si>
+    <t>Centre de ressources et de compétences maladies hémorragiques héréditaires (CRC MHC)</t>
+  </si>
+  <si>
+    <t>BIRON-ANDREANI Christine</t>
+  </si>
+  <si>
+    <t>Hématologie et Immunologie</t>
+  </si>
+  <si>
+    <t>CH BASSIN DE THAU</t>
+  </si>
+  <si>
+    <t>LABORATOIRE DE BIOLOGIE</t>
+  </si>
+  <si>
+    <t>BARRANS Alain</t>
+  </si>
+  <si>
+    <t>Biologie générale</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT FRANCAIS DU
+SANG</t>
+  </si>
+  <si>
+    <t>LABO IMMUNO-HEMATO &amp;
+IMMUNO-VIROLOGIE</t>
+  </si>
+  <si>
+    <t>CONTE Aurélie</t>
+  </si>
+  <si>
+    <t>LBM LABOSUD</t>
+  </si>
+  <si>
+    <t>Plateau technique de
+Garosud</t>
+  </si>
+  <si>
+    <t>TEISSIER Guillaume</t>
+  </si>
+  <si>
+    <t>GENETIQUE CHROMOSOMIQUE</t>
+  </si>
+  <si>
+    <t>PELLESTOR Franck</t>
+  </si>
+  <si>
+    <t>DEPARTEMENT D'HEMATOLOGIE
+BIOLOGIQUE</t>
+  </si>
+  <si>
+    <t>STEPANIAN Alain</t>
+  </si>
+  <si>
+    <t>IMMUNOLOGIE</t>
+  </si>
+  <si>
+    <t>VINCENT Thierry</t>
+  </si>
+  <si>
+    <t>Génétique moléc Hémato
+DHB</t>
+  </si>
+  <si>
+    <t>GIANSILY BLAIZOT Muriel</t>
+  </si>
+  <si>
+    <t>LABO IMMUNO-HEMATO &amp; IMMUNO-VIROLOGIE</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT FRANCAIS DU SANG</t>
+  </si>
+  <si>
+    <t>UF DE BACTERIOLOGIE</t>
+  </si>
+  <si>
+    <t>MARCHANDIN Hélène</t>
+  </si>
+  <si>
+    <t>Plateau technique de Garosud</t>
+  </si>
+  <si>
+    <t>BIOLOGIE DE LA REPRODUCTION</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER A. DE VILLENEUVE</t>
+  </si>
+  <si>
+    <t>BROUILLET sophie</t>
+  </si>
+  <si>
+    <t>MO0015860003</t>
+  </si>
+  <si>
+    <t>Laboratoire de procréation médicalement assistée</t>
+  </si>
+  <si>
+    <t>ROUGIER Nathalie</t>
+  </si>
+  <si>
+    <t>CH BEZIERS</t>
   </si>
   <si>
     <t>Laboratoire de biologie</t>
   </si>
   <si>
-    <t>BARRANS Alain</t>
-[...17 lines deleted...]
-    <t>CHU Nîmes CAREMEAU</t>
+    <t>OBIOLS Jerome</t>
+  </si>
+  <si>
+    <t>PHILIBERT Pascal</t>
+  </si>
+  <si>
+    <t>GRIS Jean-Christophe</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER ADV</t>
+  </si>
+  <si>
+    <t>910009020004/760007130001/910007400004</t>
+  </si>
+  <si>
+    <t>Praticien 34</t>
+  </si>
+  <si>
+    <t>LIBERAL</t>
+  </si>
+  <si>
+    <t>RENON/BERTAUD/BIDAL</t>
   </si>
   <si>
     <t>Laboratoire d'Hématologie</t>
   </si>
   <si>
-    <t>GRIS Jean-Christophe</t>
-[...10 lines deleted...]
-  <si>
     <t>Laboratoire de biochimie et biologie moléculaire - domaine biochimie</t>
   </si>
   <si>
-    <t>PHILIBERT Pascal</t>
-[...143 lines deleted...]
-    <t xml:space="preserve">CHU Nantes </t>
+    <t>Domaine de l'agrément</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Dr DE BARBENTANE Marie-Christine MARSEILLE - Dr ANDREKERNEIS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="13" x14ac:knownFonts="1">
+  <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -558,71 +558,97 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="3">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.79998168889431442"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
   </fills>
-  <borders count="7">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
@@ -668,651 +694,712 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top/>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="71">
+  <cellXfs count="106">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="8" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="1" fontId="3" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="2" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...20 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="8" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="4" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="2" fillId="3" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="2" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...22 lines deleted...]
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 5" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="14">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="0" formatCode="General"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+        <vertical/>
+        <horizontal/>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <fill>
-[...42 lines deleted...]
-      </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <left style="thin">
           <color rgb="FF000000"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <font>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <name val="Calibri"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
@@ -1339,66 +1426,63 @@
   <colors>
     <mruColors>
       <color rgb="FFCCCCFF"/>
       <color rgb="FFC6CFFE"/>
       <color rgb="FFFF7575"/>
       <color rgb="FFDAF9FA"/>
       <color rgb="FF00FF00"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="A2:J52" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10">
-[...3 lines deleted...]
-  </sortState>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="A2:J50" totalsRowShown="0" headerRowDxfId="13" dataDxfId="11" headerRowBorderDxfId="12" tableBorderDxfId="10">
+  <autoFilter ref="A2:J50" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="10">
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Des de Gestion" dataDxfId="9"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Promo" dataDxfId="8"/>
     <tableColumn id="20" xr3:uid="{00000000-0010-0000-0000-000014000000}" name="Interne" dataDxfId="7"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Maquette Nbre semestres réputés validés" dataDxfId="6"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Phase" dataDxfId="5"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="N° Agrément" dataDxfId="4"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Ets d'affectation" dataDxfId="3"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Services d'affectation" dataDxfId="2"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="RTS" dataDxfId="1"/>
-    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Options précoces" dataDxfId="0"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Domaine de l'agrément" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1627,1717 +1711,1805 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A2:J52"/>
+  <dimension ref="A2:L58"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="I9" sqref="I9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="30.140625" style="12" bestFit="1" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="10" width="28.7109375" style="12" customWidth="1"/>
+    <col min="1" max="1" width="30.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="12.42578125" style="15" customWidth="1"/>
+    <col min="3" max="3" width="35" style="15" customWidth="1"/>
+    <col min="4" max="4" width="14.7109375" style="15" customWidth="1"/>
+    <col min="5" max="5" width="10.7109375" style="16" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="20" style="105" customWidth="1"/>
+    <col min="7" max="7" width="37.7109375" style="15" customWidth="1"/>
+    <col min="8" max="8" width="63.85546875" style="15" customWidth="1"/>
+    <col min="9" max="9" width="39.85546875" style="15" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="47.140625" style="15" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="33.7109375" style="15" customWidth="1"/>
+    <col min="12" max="12" width="21.7109375" style="15" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:10" s="6" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:12" s="8" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="1" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>35</v>
+      </c>
+      <c r="D2" s="88" t="s">
+        <v>14</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>2</v>
       </c>
       <c r="F2" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>3</v>
       </c>
       <c r="H2" s="1" t="s">
         <v>4</v>
       </c>
       <c r="I2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="J2" s="1" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="3" spans="1:12" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A3" s="4" t="s">
         <v>6</v>
       </c>
-    </row>
-[...3 lines deleted...]
-      </c>
       <c r="B3" s="5">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="D3" s="3">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="E3" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F3" s="31">
-        <v>910004280006</v>
+      <c r="F3" s="89">
+        <v>430015070027</v>
       </c>
       <c r="G3" s="4" t="s">
-        <v>82</v>
-[...19 lines deleted...]
-        <v>17</v>
+        <v>60</v>
+      </c>
+      <c r="H3" s="4" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" s="31" t="s">
+        <v>141</v>
+      </c>
+      <c r="J3" s="36"/>
+      <c r="K3"/>
+      <c r="L3"/>
+    </row>
+    <row r="4" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A4" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B4" s="3">
+        <v>2020</v>
+      </c>
+      <c r="C4" s="2" t="s">
+        <v>9</v>
       </c>
       <c r="D4" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E4" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F4" s="27">
-[...17 lines deleted...]
-        <v>7</v>
+      <c r="F4" s="32">
+        <v>910004330015</v>
+      </c>
+      <c r="G4" s="50" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" s="50" t="s">
+        <v>122</v>
+      </c>
+      <c r="I4" s="31" t="s">
+        <v>124</v>
+      </c>
+      <c r="J4" s="36" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4"/>
+      <c r="L4"/>
+    </row>
+    <row r="5" spans="1:12" s="8" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4" t="s">
+        <v>10</v>
       </c>
       <c r="B5" s="5">
-        <v>2020</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>2021</v>
+      </c>
+      <c r="C5" s="13" t="s">
+        <v>27</v>
       </c>
       <c r="D5" s="3">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E5" s="3" t="s">
-        <v>13</v>
-[...17 lines deleted...]
-    <row r="6" spans="1:10" x14ac:dyDescent="0.25">
+        <v>12</v>
+      </c>
+      <c r="F5" s="30" t="s">
+        <v>52</v>
+      </c>
+      <c r="G5" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H5" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="I5" s="13" t="s">
+        <v>53</v>
+      </c>
+      <c r="J5" s="37"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
-        <v>7</v>
-[...29 lines deleted...]
-    <row r="7" spans="1:10" ht="25.5" x14ac:dyDescent="0.25">
+        <v>10</v>
+      </c>
+      <c r="B6" s="5">
+        <v>2021</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="3">
+        <v>6</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F6" s="32">
+        <v>910002250029</v>
+      </c>
+      <c r="G6" s="4" t="s">
+        <v>133</v>
+      </c>
+      <c r="H6" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="I6" s="31" t="s">
+        <v>95</v>
+      </c>
+      <c r="J6" s="37"/>
+      <c r="K6"/>
+      <c r="L6"/>
+    </row>
+    <row r="7" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B7" s="5">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D7" s="3">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F7" s="31">
-[...14 lines deleted...]
-      <c r="A8" s="4" t="s">
+      <c r="F7" s="90" t="s">
+        <v>125</v>
+      </c>
+      <c r="G7" s="53" t="s">
+        <v>85</v>
+      </c>
+      <c r="H7" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="I7" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="J7" s="37" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="8" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A8" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="3">
+        <v>2021</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="19">
-[...28 lines deleted...]
-      <c r="A9" s="2" t="s">
+      <c r="D8" s="3">
+        <v>7</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F8" s="30">
+        <v>760002900002</v>
+      </c>
+      <c r="G8" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="H8" s="2" t="s">
+        <v>119</v>
+      </c>
+      <c r="I8" s="13" t="s">
+        <v>120</v>
+      </c>
+      <c r="J8" s="13" t="s">
+        <v>77</v>
+      </c>
+      <c r="K8"/>
+      <c r="L8"/>
+    </row>
+    <row r="9" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A9" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="5">
+        <v>2022</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="3">
+        <v>6</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="32">
+        <v>910003970006</v>
+      </c>
+      <c r="G9" s="4" t="s">
+        <v>118</v>
+      </c>
+      <c r="H9" s="75" t="s">
+        <v>117</v>
+      </c>
+      <c r="I9" s="31" t="s">
+        <v>105</v>
+      </c>
+      <c r="J9" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="K9"/>
+      <c r="L9"/>
+    </row>
+    <row r="10" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A10" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="5">
+        <v>2022</v>
+      </c>
+      <c r="C10" s="56" t="s">
+        <v>19</v>
+      </c>
+      <c r="D10" s="3">
+        <v>6</v>
+      </c>
+      <c r="E10" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="91"/>
+      <c r="G10" s="60" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" s="60" t="s">
+        <v>51</v>
+      </c>
+      <c r="I10" s="76" t="s">
+        <v>50</v>
+      </c>
+      <c r="J10" s="76"/>
+      <c r="K10"/>
+      <c r="L10"/>
+    </row>
+    <row r="11" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="5">
+        <v>2022</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D11" s="3">
+        <v>4</v>
+      </c>
+      <c r="E11" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="B9" s="19">
-[...76 lines deleted...]
-        <v>760002900002</v>
+      <c r="F11" s="32">
+        <v>760002490009</v>
       </c>
       <c r="G11" s="4" t="s">
-        <v>90</v>
-[...13 lines deleted...]
-        <v>7</v>
+        <v>82</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="I11" s="69" t="s">
+        <v>110</v>
+      </c>
+      <c r="J11" s="55" t="s">
+        <v>81</v>
+      </c>
+      <c r="K11"/>
+      <c r="L11"/>
+    </row>
+    <row r="12" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A12" s="4" t="s">
+        <v>6</v>
       </c>
       <c r="B12" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D12" s="3">
         <v>6</v>
       </c>
       <c r="E12" s="3" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="F12" s="27">
+        <v>12</v>
+      </c>
+      <c r="F12" s="90"/>
+      <c r="G12" s="75" t="s">
+        <v>58</v>
+      </c>
+      <c r="H12" s="75" t="s">
+        <v>56</v>
+      </c>
+      <c r="I12" s="77" t="s">
+        <v>57</v>
+      </c>
+      <c r="J12" s="86"/>
+      <c r="K12"/>
+      <c r="L12"/>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" s="5">
+        <v>2022</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D13" s="3">
+        <v>6</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="F13" s="30">
+        <v>760005500002</v>
+      </c>
+      <c r="G13" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="I13" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="J13" s="87" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13"/>
+      <c r="L13"/>
+    </row>
+    <row r="14" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A14" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D14" s="3">
+        <v>4</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F14" s="30">
+        <v>910004280006</v>
+      </c>
+      <c r="G14" s="4" t="s">
+        <v>99</v>
+      </c>
+      <c r="H14" s="4" t="s">
+        <v>100</v>
+      </c>
+      <c r="I14" s="31" t="s">
+        <v>101</v>
+      </c>
+      <c r="J14" s="31" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14"/>
+      <c r="L14"/>
+    </row>
+    <row r="15" spans="1:12" s="10" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B15" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" s="3">
+        <v>4</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F15" s="32">
+        <v>910003970006</v>
+      </c>
+      <c r="G15" s="4" t="s">
+        <v>103</v>
+      </c>
+      <c r="H15" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="I15" s="31" t="s">
+        <v>105</v>
+      </c>
+      <c r="J15" s="37" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A16" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C16" s="2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D16" s="3">
+        <v>4</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F16" s="30">
+        <v>760005470002</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H16" s="4" t="s">
+        <v>115</v>
+      </c>
+      <c r="I16" s="31" t="s">
+        <v>116</v>
+      </c>
+      <c r="J16" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="K16"/>
+      <c r="L16"/>
+    </row>
+    <row r="17" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A17" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" s="38">
+        <v>2023</v>
+      </c>
+      <c r="C17" s="27" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="3">
+        <v>4</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F17" s="35">
         <v>910000890008</v>
       </c>
-      <c r="G12" s="2" t="s">
-[...5 lines deleted...]
-      <c r="I12" s="10" t="s">
+      <c r="G17" s="2" t="s">
         <v>128</v>
       </c>
-      <c r="J12" s="34" t="s">
-[...7 lines deleted...]
-      <c r="B13" s="5">
+      <c r="H17" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="I17" s="13" t="s">
+        <v>130</v>
+      </c>
+      <c r="J17" s="44" t="s">
+        <v>102</v>
+      </c>
+      <c r="K17"/>
+      <c r="L17"/>
+    </row>
+    <row r="18" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A18" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="78">
         <v>2023</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="C18" s="27" t="s">
         <v>21</v>
       </c>
-      <c r="D13" s="5">
-[...17 lines deleted...]
-      <c r="J13" s="42" t="s">
+      <c r="D18" s="3">
+        <v>4</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F18" s="32">
+        <v>760002490009</v>
+      </c>
+      <c r="G18" s="4" t="s">
+        <v>82</v>
+      </c>
+      <c r="H18" s="4" t="s">
+        <v>109</v>
+      </c>
+      <c r="I18" s="31" t="s">
+        <v>110</v>
+      </c>
+      <c r="J18" s="54" t="s">
+        <v>81</v>
+      </c>
+      <c r="K18"/>
+      <c r="L18"/>
+    </row>
+    <row r="19" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" s="78">
+        <v>2023</v>
+      </c>
+      <c r="C19" s="27" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" s="3">
+        <v>4</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F19" s="32">
+        <v>910002840030</v>
+      </c>
+      <c r="G19" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H19" s="75" t="s">
+        <v>111</v>
+      </c>
+      <c r="I19" s="31" t="s">
+        <v>112</v>
+      </c>
+      <c r="J19" s="6" t="s">
         <v>98</v>
       </c>
-    </row>
-[...192 lines deleted...]
-    <row r="20" spans="1:10" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="K19"/>
+      <c r="L19"/>
+    </row>
+    <row r="20" spans="1:12" x14ac:dyDescent="0.25">
       <c r="A20" s="4" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B20" s="5">
         <v>2023</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>20</v>
+      </c>
+      <c r="D20" s="3">
+        <v>4</v>
       </c>
       <c r="E20" s="3" t="s">
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="F20" s="31">
+        <v>11</v>
+      </c>
+      <c r="F20" s="32">
+        <v>760005500002</v>
+      </c>
+      <c r="G20" s="4" t="s">
+        <v>106</v>
+      </c>
+      <c r="H20" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="I20" s="31" t="s">
+        <v>108</v>
+      </c>
+      <c r="J20" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="K20"/>
+      <c r="L20"/>
+    </row>
+    <row r="21" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C21" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" s="3">
+        <v>4</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F21" s="32">
+        <v>760002630003</v>
+      </c>
+      <c r="G21" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H21" s="75" t="s">
+        <v>75</v>
+      </c>
+      <c r="I21" s="31" t="s">
+        <v>76</v>
+      </c>
+      <c r="J21" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="K21"/>
+      <c r="L21"/>
+    </row>
+    <row r="22" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A22" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C22" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D22" s="3">
+        <v>4</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F22" s="32">
+        <v>760002630003</v>
+      </c>
+      <c r="G22" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H22" s="4" t="s">
+        <v>75</v>
+      </c>
+      <c r="I22" s="31" t="s">
+        <v>76</v>
+      </c>
+      <c r="J22" s="54" t="s">
+        <v>77</v>
+      </c>
+      <c r="K22"/>
+      <c r="L22"/>
+    </row>
+    <row r="23" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A23" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C23" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D23" s="3">
+        <v>4</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F23" s="92">
+        <v>760002630003</v>
+      </c>
+      <c r="G23" s="79" t="s">
+        <v>74</v>
+      </c>
+      <c r="H23" s="79" t="s">
+        <v>75</v>
+      </c>
+      <c r="I23" s="80" t="s">
+        <v>76</v>
+      </c>
+      <c r="J23" s="6" t="s">
+        <v>77</v>
+      </c>
+      <c r="K23"/>
+      <c r="L23"/>
+    </row>
+    <row r="24" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A24" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" s="5">
+        <v>2023</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D24" s="3">
+        <v>4</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="F24" s="30">
+        <v>910002610013</v>
+      </c>
+      <c r="G24" s="4" t="s">
+        <v>74</v>
+      </c>
+      <c r="H24" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="I24" s="31" t="s">
+        <v>114</v>
+      </c>
+      <c r="J24" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="K24"/>
+      <c r="L24"/>
+    </row>
+    <row r="25" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A25" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" s="24">
+        <v>2024</v>
+      </c>
+      <c r="C25" s="34" t="s">
+        <v>46</v>
+      </c>
+      <c r="D25" s="3">
+        <v>2</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="93">
+        <v>910004680004</v>
+      </c>
+      <c r="G25" s="21" t="s">
+        <v>74</v>
+      </c>
+      <c r="H25" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="I25" s="22" t="s">
+        <v>97</v>
+      </c>
+      <c r="J25" s="28" t="s">
+        <v>98</v>
+      </c>
+      <c r="K25"/>
+      <c r="L25"/>
+    </row>
+    <row r="26" spans="1:12" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C26" s="61" t="s">
+        <v>41</v>
+      </c>
+      <c r="D26" s="3">
+        <v>2</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F26" s="93">
+        <v>910004330015</v>
+      </c>
+      <c r="G26" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H26" s="26" t="s">
+        <v>91</v>
+      </c>
+      <c r="I26" s="22" t="s">
+        <v>92</v>
+      </c>
+      <c r="J26" s="31" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="27" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C27" s="34" t="s">
+        <v>47</v>
+      </c>
+      <c r="D27" s="3">
+        <v>2</v>
+      </c>
+      <c r="E27" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F27" s="93" t="s">
+        <v>88</v>
+      </c>
+      <c r="G27" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H27" s="21" t="s">
+        <v>89</v>
+      </c>
+      <c r="I27" s="22" t="s">
+        <v>90</v>
+      </c>
+      <c r="J27" s="12" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="28" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" s="24">
+        <v>2024</v>
+      </c>
+      <c r="C28" s="34" t="s">
+        <v>40</v>
+      </c>
+      <c r="D28" s="3">
+        <v>2</v>
+      </c>
+      <c r="E28" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F28" s="93">
+        <v>910002250027</v>
+      </c>
+      <c r="G28" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H28" s="21" t="s">
+        <v>94</v>
+      </c>
+      <c r="I28" s="22" t="s">
+        <v>95</v>
+      </c>
+      <c r="J28" s="28" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" s="29" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" s="24">
+        <v>2024</v>
+      </c>
+      <c r="C29" s="34" t="s">
+        <v>39</v>
+      </c>
+      <c r="D29" s="7">
+        <v>2</v>
+      </c>
+      <c r="E29" s="62" t="s">
+        <v>8</v>
+      </c>
+      <c r="F29" s="93">
+        <v>910002250027</v>
+      </c>
+      <c r="G29" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H29" s="20" t="s">
+        <v>94</v>
+      </c>
+      <c r="I29" s="23" t="s">
+        <v>95</v>
+      </c>
+      <c r="J29" s="28" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="30" spans="1:12" s="25" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" s="24">
+        <v>2024</v>
+      </c>
+      <c r="C30" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="D30" s="7">
+        <v>2</v>
+      </c>
+      <c r="E30" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F30" s="93">
+        <v>910002250027</v>
+      </c>
+      <c r="G30" s="21" t="s">
+        <v>82</v>
+      </c>
+      <c r="H30" s="26" t="s">
+        <v>94</v>
+      </c>
+      <c r="I30" s="21" t="s">
+        <v>95</v>
+      </c>
+      <c r="J30" s="17" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="31" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A31" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C31" s="34" t="s">
+        <v>45</v>
+      </c>
+      <c r="D31" s="7">
+        <v>2</v>
+      </c>
+      <c r="E31" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="F31" s="94">
+        <v>910002250027</v>
+      </c>
+      <c r="G31" s="52" t="s">
+        <v>82</v>
+      </c>
+      <c r="H31" s="52" t="s">
+        <v>94</v>
+      </c>
+      <c r="I31" s="70" t="s">
+        <v>95</v>
+      </c>
+      <c r="J31" s="73" t="s">
+        <v>77</v>
+      </c>
+      <c r="K31"/>
+      <c r="L31"/>
+    </row>
+    <row r="32" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A32" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="B32" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C32" s="34" t="s">
+        <v>36</v>
+      </c>
+      <c r="D32" s="7">
+        <v>2</v>
+      </c>
+      <c r="E32" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="F32" s="95">
         <v>910002220011</v>
       </c>
-      <c r="G20" s="4" t="s">
+      <c r="G32" s="18" t="s">
+        <v>78</v>
+      </c>
+      <c r="H32" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="I32" s="18" t="s">
+        <v>80</v>
+      </c>
+      <c r="J32" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K32"/>
+      <c r="L32"/>
+    </row>
+    <row r="33" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A33" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C33" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D33" s="7">
+        <v>2</v>
+      </c>
+      <c r="E33" s="42" t="s">
+        <v>8</v>
+      </c>
+      <c r="F33" s="94">
+        <v>910002220011</v>
+      </c>
+      <c r="G33" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="H33" s="20" t="s">
+        <v>79</v>
+      </c>
+      <c r="I33" s="23" t="s">
+        <v>80</v>
+      </c>
+      <c r="J33" s="12" t="s">
+        <v>81</v>
+      </c>
+      <c r="K33"/>
+      <c r="L33"/>
+    </row>
+    <row r="34" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A34" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C34" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D34" s="7">
+        <v>2</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F34" s="94">
+        <v>910002220011</v>
+      </c>
+      <c r="G34" s="21" t="s">
+        <v>78</v>
+      </c>
+      <c r="H34" s="21" t="s">
+        <v>79</v>
+      </c>
+      <c r="I34" s="22" t="s">
+        <v>80</v>
+      </c>
+      <c r="J34" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K34"/>
+      <c r="L34"/>
+    </row>
+    <row r="35" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A35" s="27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" s="43">
+        <v>2024</v>
+      </c>
+      <c r="C35" s="61" t="s">
+        <v>48</v>
+      </c>
+      <c r="D35" s="39">
+        <v>2</v>
+      </c>
+      <c r="E35" s="62" t="s">
+        <v>8</v>
+      </c>
+      <c r="F35" s="94">
+        <v>760002920002</v>
+      </c>
+      <c r="G35" s="65" t="s">
+        <v>85</v>
+      </c>
+      <c r="H35" s="67" t="s">
         <v>86</v>
       </c>
-      <c r="H20" s="50" t="s">
-[...203 lines deleted...]
-      <c r="B27" s="19">
+      <c r="I35" s="71" t="s">
+        <v>87</v>
+      </c>
+      <c r="J35" s="74" t="s">
+        <v>77</v>
+      </c>
+      <c r="K35"/>
+      <c r="L35"/>
+    </row>
+    <row r="36" spans="1:12" ht="30" x14ac:dyDescent="0.25">
+      <c r="A36" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B36" s="3">
         <v>2024</v>
-      </c>
-[...286 lines deleted...]
-        <v>2021</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D36" s="5">
-        <v>7</v>
+      <c r="D36" s="3">
+        <v>2</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F36" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="F36" s="96" t="s">
+        <v>134</v>
+      </c>
+      <c r="G36" s="84" t="s">
+        <v>135</v>
+      </c>
+      <c r="H36" s="85" t="s">
+        <v>136</v>
+      </c>
+      <c r="I36" s="79" t="s">
+        <v>137</v>
+      </c>
+      <c r="J36" s="17"/>
+      <c r="K36"/>
+      <c r="L36"/>
+    </row>
+    <row r="37" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A37" s="33" t="s">
+        <v>6</v>
+      </c>
+      <c r="B37" s="81">
+        <v>2024</v>
+      </c>
+      <c r="C37" s="33" t="s">
+        <v>37</v>
+      </c>
+      <c r="D37" s="82">
+        <v>2</v>
+      </c>
+      <c r="E37" s="81" t="s">
+        <v>8</v>
+      </c>
+      <c r="F37" s="97">
+        <v>910002430035</v>
+      </c>
+      <c r="G37" s="64" t="s">
+        <v>82</v>
+      </c>
+      <c r="H37" s="66" t="s">
+        <v>83</v>
+      </c>
+      <c r="I37" s="64" t="s">
+        <v>84</v>
+      </c>
+      <c r="J37" s="72" t="s">
+        <v>81</v>
+      </c>
+      <c r="K37"/>
+      <c r="L37"/>
+    </row>
+    <row r="38" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A38" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B38" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C38" s="83" t="s">
+        <v>61</v>
+      </c>
+      <c r="D38" s="3">
+        <v>0</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F38" s="98">
+        <v>910002250027</v>
+      </c>
+      <c r="G38" s="51" t="s">
+        <v>82</v>
+      </c>
+      <c r="H38" s="51" t="s">
+        <v>94</v>
+      </c>
+      <c r="I38" s="48" t="s">
+        <v>95</v>
+      </c>
+      <c r="J38" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="K38"/>
+      <c r="L38"/>
+    </row>
+    <row r="39" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A39" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C39" s="83" t="s">
+        <v>72</v>
+      </c>
+      <c r="D39" s="3">
+        <v>0</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F39" s="98">
+        <v>910002250027</v>
+      </c>
+      <c r="G39" s="51" t="s">
+        <v>82</v>
+      </c>
+      <c r="H39" s="51" t="s">
+        <v>94</v>
+      </c>
+      <c r="I39" s="48" t="s">
+        <v>95</v>
+      </c>
+      <c r="J39" s="17" t="s">
+        <v>77</v>
+      </c>
+      <c r="K39"/>
+      <c r="L39"/>
+    </row>
+    <row r="40" spans="1:12" s="41" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C40" s="83" t="s">
+        <v>66</v>
+      </c>
+      <c r="D40" s="3">
+        <v>0</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F40" s="99">
+        <v>910002220011</v>
+      </c>
+      <c r="G40" s="51" t="s">
         <v>78</v>
       </c>
-      <c r="G36" s="48" t="s">
+      <c r="H40" s="51" t="s">
         <v>79</v>
       </c>
-      <c r="H36" s="10" t="s">
+      <c r="I40" s="48" t="s">
         <v>80</v>
       </c>
-      <c r="I36" s="10" t="s">
+      <c r="J40" s="11" t="s">
         <v>81</v>
       </c>
-      <c r="J36" s="49" t="s">
-[...19 lines deleted...]
-      <c r="F37" s="31" t="s">
+    </row>
+    <row r="41" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A41" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C41" s="83" t="s">
+        <v>67</v>
+      </c>
+      <c r="D41" s="3">
+        <v>0</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F41" s="100">
+        <v>910002220011</v>
+      </c>
+      <c r="G41" s="63" t="s">
+        <v>78</v>
+      </c>
+      <c r="H41" s="63" t="s">
+        <v>79</v>
+      </c>
+      <c r="I41" s="68" t="s">
+        <v>80</v>
+      </c>
+      <c r="J41" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K41"/>
+      <c r="L41"/>
+    </row>
+    <row r="42" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A42" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C42" s="83" t="s">
+        <v>73</v>
+      </c>
+      <c r="D42" s="3">
+        <v>0</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F42" s="100">
+        <v>910002220011</v>
+      </c>
+      <c r="G42" s="51" t="s">
+        <v>78</v>
+      </c>
+      <c r="H42" s="51" t="s">
+        <v>79</v>
+      </c>
+      <c r="I42" s="48" t="s">
+        <v>80</v>
+      </c>
+      <c r="J42" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="K42"/>
+      <c r="L42"/>
+    </row>
+    <row r="43" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A43" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C43" s="83" t="s">
+        <v>63</v>
+      </c>
+      <c r="D43" s="3">
+        <v>0</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" s="101">
+        <v>910001740016</v>
+      </c>
+      <c r="G43" s="57" t="s">
+        <v>85</v>
+      </c>
+      <c r="H43" s="57" t="s">
+        <v>138</v>
+      </c>
+      <c r="I43" s="57" t="s">
+        <v>132</v>
+      </c>
+      <c r="J43" s="47" t="s">
+        <v>98</v>
+      </c>
+      <c r="K43"/>
+      <c r="L43"/>
+    </row>
+    <row r="44" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A44" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C44" s="83" t="s">
+        <v>64</v>
+      </c>
+      <c r="D44" s="3">
+        <v>0</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F44" s="102">
+        <v>760002900002</v>
+      </c>
+      <c r="G44" s="46" t="s">
+        <v>85</v>
+      </c>
+      <c r="H44" s="46" t="s">
+        <v>119</v>
+      </c>
+      <c r="I44" s="47" t="s">
+        <v>120</v>
+      </c>
+      <c r="J44" s="47" t="s">
+        <v>77</v>
+      </c>
+      <c r="K44"/>
+      <c r="L44"/>
+    </row>
+    <row r="45" spans="1:12" s="40" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C45" s="83" t="s">
+        <v>71</v>
+      </c>
+      <c r="D45" s="3">
+        <v>0</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F45" s="103">
+        <v>910001090027</v>
+      </c>
+      <c r="G45" s="45" t="s">
+        <v>85</v>
+      </c>
+      <c r="H45" s="46" t="s">
+        <v>139</v>
+      </c>
+      <c r="I45" s="46" t="s">
+        <v>131</v>
+      </c>
+      <c r="J45" s="46" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="46" spans="1:12" s="40" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C46" s="83" t="s">
+        <v>65</v>
+      </c>
+      <c r="D46" s="3">
+        <v>0</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F46" s="102">
+        <v>910002840030</v>
+      </c>
+      <c r="G46" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="H46" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="I46" s="47" t="s">
         <v>112</v>
       </c>
-      <c r="G37" s="4" t="s">
-[...28 lines deleted...]
-      <c r="F38" s="16">
+      <c r="J46" s="47" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="47" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A47" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C47" s="83" t="s">
+        <v>68</v>
+      </c>
+      <c r="D47" s="3">
+        <v>0</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F47" s="102">
         <v>910002840030</v>
       </c>
-      <c r="G38" s="17" t="s">
-[...72 lines deleted...]
-      <c r="J40" s="28" t="s">
+      <c r="G47" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="H47" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="I47" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="J47" s="47" t="s">
         <v>98</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F41" s="16">
+      <c r="K47"/>
+      <c r="L47"/>
+    </row>
+    <row r="48" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A48" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C48" s="83" t="s">
+        <v>69</v>
+      </c>
+      <c r="D48" s="3">
+        <v>0</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F48" s="104">
         <v>910002840030</v>
       </c>
-      <c r="G41" s="18" t="s">
-[...72 lines deleted...]
-      <c r="J43" s="28" t="s">
+      <c r="G48" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="H48" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="I48" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="J48" s="47" t="s">
         <v>98</v>
       </c>
-    </row>
-[...133 lines deleted...]
-      <c r="C48" s="36" t="s">
+      <c r="K48"/>
+      <c r="L48"/>
+    </row>
+    <row r="49" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A49" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C49" s="83" t="s">
+        <v>70</v>
+      </c>
+      <c r="D49" s="3">
+        <v>0</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F49" s="104">
+        <v>910002840030</v>
+      </c>
+      <c r="G49" s="57" t="s">
+        <v>74</v>
+      </c>
+      <c r="H49" s="58" t="s">
+        <v>111</v>
+      </c>
+      <c r="I49" s="59" t="s">
+        <v>112</v>
+      </c>
+      <c r="J49" s="47" t="s">
+        <v>98</v>
+      </c>
+      <c r="K49"/>
+      <c r="L49"/>
+    </row>
+    <row r="50" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A50" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="B50" s="3">
+        <v>2025</v>
+      </c>
+      <c r="C50" s="83" t="s">
         <v>62</v>
       </c>
-      <c r="D48" s="19">
-[...62 lines deleted...]
-      </c>
       <c r="D50" s="3">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="F50" s="61">
+        <v>8</v>
+      </c>
+      <c r="F50" s="102">
         <v>910002840030</v>
       </c>
-      <c r="G50" s="50" t="s">
-[...72 lines deleted...]
-      <c r="J52" s="10" t="s">
+      <c r="G50" s="46" t="s">
+        <v>74</v>
+      </c>
+      <c r="H50" s="49" t="s">
+        <v>111</v>
+      </c>
+      <c r="I50" s="47" t="s">
+        <v>112</v>
+      </c>
+      <c r="J50" s="47" t="s">
         <v>98</v>
       </c>
+      <c r="K50"/>
+      <c r="L50"/>
+    </row>
+    <row r="51" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K51"/>
+      <c r="L51"/>
+    </row>
+    <row r="52" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K52"/>
+      <c r="L52"/>
+    </row>
+    <row r="53" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K53"/>
+      <c r="L53"/>
+    </row>
+    <row r="54" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K54"/>
+      <c r="L54"/>
+    </row>
+    <row r="55" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="K55"/>
+      <c r="L55"/>
+    </row>
+    <row r="56" spans="1:12" s="41" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="15"/>
+      <c r="B56" s="15"/>
+      <c r="C56" s="15"/>
+      <c r="D56" s="15"/>
+      <c r="E56" s="16"/>
+      <c r="F56" s="105"/>
+      <c r="G56" s="15"/>
+      <c r="H56" s="15"/>
+      <c r="I56" s="15"/>
+      <c r="J56" s="15"/>
+    </row>
+    <row r="57" spans="1:12" s="41" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="15"/>
+      <c r="B57" s="15"/>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15"/>
+      <c r="E57" s="16"/>
+      <c r="F57" s="105"/>
+      <c r="G57" s="15"/>
+      <c r="H57" s="15"/>
+      <c r="I57" s="15"/>
+      <c r="J57" s="15"/>
+    </row>
+    <row r="58" spans="1:12" s="41" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="15"/>
+      <c r="B58" s="15"/>
+      <c r="C58" s="15"/>
+      <c r="D58" s="15"/>
+      <c r="E58" s="16"/>
+      <c r="F58" s="105"/>
+      <c r="G58" s="15"/>
+      <c r="H58" s="15"/>
+      <c r="I58" s="15"/>
+      <c r="J58" s="15"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="s3ZT2Hm12Hm69vjrnMiLeurLCByF2B2kVmFB9eFLS2fJHQcP/WC+8BT9JfgJjo+If0Ly5SWOxsCzzw3K40DnRQ==" saltValue="FT+2nIvEtbuIeGjZNPmddw==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="s/joB96KZhIguvZc+Tq/w4qkmo/d7jaQu367lZnXqMmegzDRI8SHYDhTJum6knMrJhJxepp3f0H122ic2LP40A==" saltValue="qZIEepM6FatwJe29ou56Gg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Bio med MTP Mai 2025</vt:lpstr>
+      <vt:lpstr>Bio med MTP Nov 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pauline.rebichon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-08-19T12:45:23Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>11db7b4e-f6c1-4cc4-ba4e-d1e5a3fbfef1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>