--- v0 (2025-10-15)
+++ v1 (2026-02-13)
@@ -1,175 +1,119 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\MAI 2025\Affectations Mai 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\NOV 2025\Affectation NOV 25 Bio et PH Mtp et ODONTO 2G\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{18209D0B-4CEA-415B-BC2F-2F4941B65845}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E75FD43B-37E4-42FF-AED1-4F00720BDCBD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ODONTO Montpellier" sheetId="4" r:id="rId1"/>
     <sheet name="ODONTO Marseille" sheetId="2" r:id="rId2"/>
     <sheet name="ODONTO Nice" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="299" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="330" uniqueCount="85">
   <si>
     <t>Identité</t>
   </si>
   <si>
     <t>Des de Gestion</t>
   </si>
   <si>
     <t>N° du TS</t>
   </si>
   <si>
     <t>Promo</t>
   </si>
   <si>
     <t>Ets d'affectation</t>
   </si>
   <si>
     <t>Services d'affectation</t>
   </si>
   <si>
     <t>RTS</t>
   </si>
   <si>
     <t>Orthodontie dento-faciale (ODF)</t>
   </si>
   <si>
     <t>Médecine bucco-dentaire (MBD)</t>
   </si>
   <si>
-    <t>Kortoba Khalil</t>
-[...1 lines deleted...]
-  <si>
     <t>Nbre semestres réputés validés</t>
   </si>
   <si>
-    <t>Ke Pauline</t>
-[...52 lines deleted...]
-  <si>
     <t>Sagnard Laura</t>
   </si>
   <si>
     <t>Pagès Noemie</t>
   </si>
   <si>
     <t>Grimaud Eva</t>
   </si>
   <si>
     <t>Mezgueldi Sana</t>
   </si>
   <si>
     <t>Hacquart Julie</t>
   </si>
   <si>
     <t>Hessloehl Nadège</t>
   </si>
   <si>
     <t>Mallem Anissa</t>
   </si>
   <si>
     <t>Buisson Philippine</t>
   </si>
   <si>
     <t>Carreau Constance</t>
@@ -240,85 +184,166 @@
   <si>
     <t>Blanié Alix</t>
   </si>
   <si>
     <t>Maurizi Marie</t>
   </si>
   <si>
     <t>Faruch Bryan</t>
   </si>
   <si>
     <t>Pierre Salomé</t>
   </si>
   <si>
     <t>Morel Samuel</t>
   </si>
   <si>
     <t>Lifszyc Sonia</t>
   </si>
   <si>
     <t>N° Agrément</t>
   </si>
   <si>
     <t>Monduc Louna</t>
   </si>
   <si>
+    <t>Nbre semestres Liste d'appel</t>
+  </si>
+  <si>
+    <t>RUQUET Michel</t>
+  </si>
+  <si>
+    <t>LEVALLOIS Bernard</t>
+  </si>
+  <si>
+    <t>BARTHELEMI Stéphane</t>
+  </si>
+  <si>
+    <t xml:space="preserve">LE GALL Michel </t>
+  </si>
+  <si>
+    <t>Service Odontologie ODF - Centre de soins dentaires Madeleine-Françoise Calais</t>
+  </si>
+  <si>
     <t>CHU MONTPELLIER CTRE SOINS DENTAIRES</t>
   </si>
   <si>
-    <t>SERVICE ODONTOLOGIE</t>
-[...4 lines deleted...]
-  <si>
     <t>APHM TIMONE ADULTES</t>
   </si>
   <si>
+    <t>Service de réhabilitations orales et chirurgicales</t>
+  </si>
+  <si>
     <t>SERVICE D'ORTHOPEDIE DENTO-FACIALE</t>
   </si>
   <si>
-    <t>LE GALL Michel</t>
-[...7 lines deleted...]
-  <si>
     <t xml:space="preserve">CHU NICE </t>
   </si>
   <si>
     <t xml:space="preserve">LASSAUZAY Claire </t>
+  </si>
+  <si>
+    <t>MO0018190001</t>
+  </si>
+  <si>
+    <t>MO0018200001</t>
+  </si>
+  <si>
+    <t>Guerfali Sofia</t>
+  </si>
+  <si>
+    <t>Leguevaques Marine</t>
+  </si>
+  <si>
+    <t>Bacis Paul</t>
+  </si>
+  <si>
+    <t>Bertonnet Aurore</t>
+  </si>
+  <si>
+    <t>Garcin Karla-Inès</t>
+  </si>
+  <si>
+    <t>Laudicina Florian</t>
+  </si>
+  <si>
+    <t>Pepiot Claire</t>
+  </si>
+  <si>
+    <t>le Cleuziat Jules</t>
+  </si>
+  <si>
+    <t>Garros Clara</t>
+  </si>
+  <si>
+    <t>Garrouste Yanis</t>
+  </si>
+  <si>
+    <t>Seugnet Jane</t>
+  </si>
+  <si>
+    <t>Lelarge Alison</t>
+  </si>
+  <si>
+    <t>Moulin Bastian</t>
+  </si>
+  <si>
+    <t>Pahun Paul</t>
+  </si>
+  <si>
+    <t>Reynaud Florian</t>
+  </si>
+  <si>
+    <t>Rougane Ivanka</t>
+  </si>
+  <si>
+    <t>Wolter Anne</t>
+  </si>
+  <si>
+    <t>El Baz Ariel</t>
+  </si>
+  <si>
+    <t>le Guilloux Clémence</t>
+  </si>
+  <si>
+    <t>Delaplace Thomas</t>
+  </si>
+  <si>
+    <t>Service Odontologie MBD - Centre de soins dentaires Madeleine-Françoise Calais</t>
+  </si>
+  <si>
+    <t>SERVICE ODONTOLOGIE MBD</t>
+  </si>
+  <si>
+    <t>SERVICE ODONTOLOGIE ODF</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="25" x14ac:knownFonts="1">
+  <fonts count="28" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -452,50 +477,70 @@
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="4"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="8" tint="-0.249977111117893"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="34">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
@@ -862,173 +907,165 @@
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="12" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
     <cellStyle name="20 % - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Accent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Accent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Accent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - Accent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - Accent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - Accent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Accent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Accent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Accent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Accent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Accent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - Accent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - Accent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - Accent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - Accent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - Accent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - Accent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Accent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Accent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Accent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Accent4" xfId="30" builtinId="41" customBuiltin="1"/>
@@ -1131,78 +1168,74 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
-        <left style="thin">
-[...1 lines deleted...]
-        </left>
+        <left/>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
-        <right style="thin">
-[...1 lines deleted...]
-        </right>
+        <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
@@ -1352,65 +1385,63 @@
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
-        <vertical/>
-        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
@@ -1810,95 +1841,92 @@
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau1" displayName="Tableau1" ref="A1:H23" totalsRowShown="0" headerRowDxfId="36" dataDxfId="34" headerRowBorderDxfId="35" tableBorderDxfId="33" totalsRowBorderDxfId="32">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A23"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau1" displayName="Tableau1" ref="A1:H22" totalsRowShown="0" headerRowDxfId="36" dataDxfId="34" headerRowBorderDxfId="35" tableBorderDxfId="33" totalsRowBorderDxfId="32">
+  <autoFilter ref="A1:H22" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H22">
+    <sortCondition descending="1" ref="D1:D22"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Des de Gestion" dataDxfId="31"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Promo" dataDxfId="30"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Identité" dataDxfId="29"/>
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Nbre semestres déja réputés validés" dataDxfId="28"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Nbre semestres Liste d'appel" dataDxfId="28"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="N° Agrément" dataDxfId="27"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Ets d'affectation" dataDxfId="26"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Services d'affectation" dataDxfId="25"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="RTS" dataDxfId="24"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Tableau2" displayName="Tableau2" ref="A1:H24" totalsRowShown="0" headerRowDxfId="23" headerRowBorderDxfId="22" tableBorderDxfId="21" totalsRowBorderDxfId="20">
-[...2 lines deleted...]
-    <sortCondition ref="A1:A24"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Tableau2" displayName="Tableau2" ref="A1:H26" totalsRowShown="0" headerRowDxfId="23" headerRowBorderDxfId="22" tableBorderDxfId="21" totalsRowBorderDxfId="20">
+  <autoFilter ref="A1:H26" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:H26">
+    <sortCondition ref="A1:A26"/>
   </sortState>
   <tableColumns count="8">
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Des de Gestion" dataDxfId="19"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="Promo" dataDxfId="18"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0100-000005000000}" name="Identité" dataDxfId="17"/>
-    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Nbre semestres réputés validés" dataDxfId="16"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0100-000007000000}" name="Nbre semestres Liste d'appel" dataDxfId="16"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0100-000008000000}" name="N° du TS" dataDxfId="15"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0100-000009000000}" name="Ets d'affectation" dataDxfId="14"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0100-00000A000000}" name="Services d'affectation" dataDxfId="13"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0100-00000B000000}" name="RTS" dataDxfId="12"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Tableau3" displayName="Tableau3" ref="A1:H11" totalsRowShown="0" headerRowDxfId="11" headerRowBorderDxfId="10" tableBorderDxfId="9" totalsRowBorderDxfId="8">
-[...3 lines deleted...]
-  </sortState>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF02000000}" name="Tableau3" displayName="Tableau3" ref="A1:H12" totalsRowShown="0" headerRowDxfId="11" headerRowBorderDxfId="10" tableBorderDxfId="9" totalsRowBorderDxfId="8">
+  <autoFilter ref="A1:H12" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
   <tableColumns count="8">
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0200-000002000000}" name="Des de Gestion" dataDxfId="7"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0200-000004000000}" name="Promo" dataDxfId="6"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0200-000005000000}" name="Identité" dataDxfId="5"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0200-000007000000}" name="Nbre semestres réputés validés" dataDxfId="4"/>
     <tableColumn id="8" xr3:uid="{00000000-0010-0000-0200-000008000000}" name="N° du TS" dataDxfId="3"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0200-000009000000}" name="Ets d'affectation" dataDxfId="2"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0200-00000A000000}" name="Services d'affectation" dataDxfId="1"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0200-00000B000000}" name="RTS" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -2144,1662 +2172,1793 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="J11" sqref="J11"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="G27" sqref="G27"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="10.85546875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="32.42578125" customWidth="1"/>
+    <col min="2" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="21.85546875" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="13.42578125" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="38.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="73.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="E1" s="3" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="45" t="s">
+      <c r="A2" s="21" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="38">
-[...2 lines deleted...]
-      <c r="C2" s="19" t="s">
+      <c r="B2" s="17">
+        <v>2023</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" s="41">
+        <v>4</v>
+      </c>
+      <c r="E2" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F2" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G2" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" s="1" t="s">
         <v>50</v>
       </c>
-      <c r="D2" s="35">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="45" t="s">
+      <c r="A3" s="42" t="s">
         <v>8</v>
       </c>
-      <c r="B3" s="38">
-[...2 lines deleted...]
-      <c r="C3" s="19" t="s">
+      <c r="B3" s="18">
+        <v>2023</v>
+      </c>
+      <c r="C3" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="41">
+        <v>4</v>
+      </c>
+      <c r="E3" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F3" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H3" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4" s="17">
+        <v>2023</v>
+      </c>
+      <c r="C4" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="41">
+        <v>4</v>
+      </c>
+      <c r="E4" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F4" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G4" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H4" s="24" t="s">
         <v>51</v>
       </c>
-      <c r="D3" s="35">
-[...19 lines deleted...]
-      <c r="B4" s="26">
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="17">
         <v>2023</v>
       </c>
-      <c r="C4" s="28" t="s">
-[...22 lines deleted...]
-      <c r="B5" s="25">
+      <c r="C5" s="14" t="s">
+        <v>14</v>
+      </c>
+      <c r="D5" s="41">
+        <v>4</v>
+      </c>
+      <c r="E5" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H5" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="21" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="17">
         <v>2023</v>
       </c>
-      <c r="C5" s="19" t="s">
-[...41 lines deleted...]
-        <v>69</v>
+      <c r="C6" s="14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" s="41">
+        <v>4</v>
+      </c>
+      <c r="E6" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H6" s="24" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="38">
+        <v>2023</v>
+      </c>
+      <c r="C7" s="20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" s="41">
+        <v>4</v>
+      </c>
+      <c r="E7" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G7" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="43">
+        <v>2023</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="41">
+        <v>4</v>
+      </c>
+      <c r="E8" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G8" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H8" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="35" t="s">
         <v>8</v>
       </c>
-      <c r="B7" s="18">
-[...11 lines deleted...]
-      <c r="F7" s="34" t="s">
+      <c r="B9" s="26">
+        <v>2024</v>
+      </c>
+      <c r="C9" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="D9" s="41">
+        <v>2</v>
+      </c>
+      <c r="E9" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H9" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="26">
+        <v>2024</v>
+      </c>
+      <c r="C10" s="14" t="s">
+        <v>32</v>
+      </c>
+      <c r="D10" s="44">
+        <v>2</v>
+      </c>
+      <c r="E10" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="26">
+        <v>2024</v>
+      </c>
+      <c r="C11" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="D11" s="41">
+        <v>2</v>
+      </c>
+      <c r="E11" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F11" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="26">
+        <v>2024</v>
+      </c>
+      <c r="C12" s="27" t="s">
+        <v>28</v>
+      </c>
+      <c r="D12" s="41">
+        <v>2</v>
+      </c>
+      <c r="E12" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G12" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H12" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="39">
+        <v>2024</v>
+      </c>
+      <c r="C13" s="35" t="s">
+        <v>29</v>
+      </c>
+      <c r="D13" s="41">
+        <v>2</v>
+      </c>
+      <c r="E13" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F13" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G13" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H13" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="26">
+        <v>2024</v>
+      </c>
+      <c r="C14" s="20" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" s="41">
+        <v>2</v>
+      </c>
+      <c r="E14" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="16">
+        <v>2024</v>
+      </c>
+      <c r="C15" s="20" t="s">
+        <v>33</v>
+      </c>
+      <c r="D15" s="41">
+        <v>2</v>
+      </c>
+      <c r="E15" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" s="19" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C16" s="14" t="s">
+        <v>62</v>
+      </c>
+      <c r="D16" s="44">
+        <v>0</v>
+      </c>
+      <c r="E16" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F16" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="47" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>63</v>
+      </c>
+      <c r="D17" s="44">
+        <v>0</v>
+      </c>
+      <c r="E17" s="25" t="s">
+        <v>60</v>
+      </c>
+      <c r="F17" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H17" s="1" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C18" s="14" t="s">
+        <v>64</v>
+      </c>
+      <c r="D18" s="44">
+        <v>0</v>
+      </c>
+      <c r="E18" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G18" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H18" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="47" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C19" s="14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D19" s="44">
+        <v>0</v>
+      </c>
+      <c r="E19" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>66</v>
+      </c>
+      <c r="D20" s="44">
+        <v>0</v>
+      </c>
+      <c r="E20" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C21" s="14" t="s">
         <v>67</v>
       </c>
-      <c r="G7" s="34" t="s">
+      <c r="D21" s="44">
+        <v>0</v>
+      </c>
+      <c r="E21" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G21" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="46" t="s">
+        <v>7</v>
+      </c>
+      <c r="B22" s="13">
+        <v>2025</v>
+      </c>
+      <c r="C22" s="14" t="s">
         <v>68</v>
       </c>
-      <c r="H7" s="34" t="s">
-[...417 lines deleted...]
-      </c>
+      <c r="D22" s="44">
+        <v>0</v>
+      </c>
+      <c r="E22" s="34" t="s">
+        <v>61</v>
+      </c>
+      <c r="F22" s="24" t="s">
+        <v>54</v>
+      </c>
+      <c r="G22" s="24" t="s">
+        <v>53</v>
+      </c>
+      <c r="H22" s="24" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" s="33" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A23"/>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23"/>
+    </row>
+    <row r="24" spans="1:8" s="36" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24"/>
+      <c r="B24"/>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
+      <c r="F24"/>
+      <c r="G24"/>
+      <c r="H24"/>
+    </row>
+    <row r="28" spans="1:8" s="37" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A28"/>
+      <c r="B28"/>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
+      <c r="F28"/>
+      <c r="G28"/>
+      <c r="H28"/>
+    </row>
+    <row r="30" spans="1:8" s="45" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A30"/>
+      <c r="B30"/>
+      <c r="C30"/>
+      <c r="D30"/>
+      <c r="E30"/>
+      <c r="F30"/>
+      <c r="G30"/>
+      <c r="H30"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="eCvm053j+ingICXAWdOlQDLySit8YqoSdzsrUIQ+KnbIXmq0oDhkLEvesMKJhLRob7/L8mxeimBaaCVQhZdTcA==" saltValue="+KYnyAqf8qqEFUuvuqOdLw==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="nQ+oSp0zInp4Vv/Ab316LyHkpWB4t91GRX33GNATsBrdC8uGuH+NUF/Vbo0xakPQ7gKha5u/YxEuO1jcYRIKPg==" saltValue="nUrnblXEFi3SiIVhcb7trA==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <phoneticPr fontId="25" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="360" verticalDpi="360" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
-  <dimension ref="A1:H24"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
-    <sheetView zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="K21" sqref="K21"/>
+    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="C32" sqref="C32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="33.140625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="11.42578125" style="2"/>
+    <col min="2" max="2" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="26.42578125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="16.5703125" style="2" customWidth="1"/>
     <col min="5" max="5" width="11.5703125" style="2"/>
-    <col min="6" max="6" width="28.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="8" max="8" width="15.28515625" customWidth="1"/>
+    <col min="6" max="6" width="22.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="44.42578125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="15.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="25.5" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="31" t="s">
+      <c r="A2" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="21">
-        <v>2022</v>
+      <c r="B2" s="12">
+        <v>2023</v>
       </c>
       <c r="C2" s="22" t="s">
         <v>22</v>
       </c>
-      <c r="D2" s="15">
-[...2 lines deleted...]
-      <c r="E2" s="14">
+      <c r="D2" s="40">
+        <v>4</v>
+      </c>
+      <c r="E2" s="10">
         <v>43001933</v>
       </c>
       <c r="F2" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G2" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="3" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A3" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="29">
+        <v>2024</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D3" s="40">
+        <v>2</v>
+      </c>
+      <c r="E3" s="10">
+        <v>43001933</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" s="12">
+        <v>2024</v>
+      </c>
+      <c r="C4" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" s="40">
+        <v>2</v>
+      </c>
+      <c r="E4" s="10">
+        <v>43001933</v>
+      </c>
+      <c r="F4" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H4" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A5" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" s="15">
+        <v>2025</v>
+      </c>
+      <c r="C5" s="47" t="s">
         <v>70</v>
       </c>
-      <c r="G2" s="6" t="s">
+      <c r="D5" s="40">
+        <v>0</v>
+      </c>
+      <c r="E5" s="10">
+        <v>43001933</v>
+      </c>
+      <c r="F5" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G5" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="6" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A6" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" s="15">
+        <v>2025</v>
+      </c>
+      <c r="C6" s="47" t="s">
+        <v>71</v>
+      </c>
+      <c r="D6" s="40">
+        <v>0</v>
+      </c>
+      <c r="E6" s="10">
+        <v>43001933</v>
+      </c>
+      <c r="F6" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A7" s="48" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="15">
+        <v>2025</v>
+      </c>
+      <c r="C7" s="47" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" s="40">
+        <v>0</v>
+      </c>
+      <c r="E7" s="10">
+        <v>43001933</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B8" s="15">
+        <v>2023</v>
+      </c>
+      <c r="C8" s="48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="15">
+        <v>4</v>
+      </c>
+      <c r="E8" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="15">
+        <v>2023</v>
+      </c>
+      <c r="C9" s="49" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" s="15">
+        <v>4</v>
+      </c>
+      <c r="E9" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="15">
+        <v>2023</v>
+      </c>
+      <c r="C10" s="48" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" s="15">
+        <v>4</v>
+      </c>
+      <c r="E10" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="15">
+        <v>2023</v>
+      </c>
+      <c r="C11" s="48" t="s">
+        <v>19</v>
+      </c>
+      <c r="D11" s="15">
+        <v>4</v>
+      </c>
+      <c r="E11" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A12" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B12" s="15">
+        <v>2023</v>
+      </c>
+      <c r="C12" s="48" t="s">
+        <v>21</v>
+      </c>
+      <c r="D12" s="15">
+        <v>4</v>
+      </c>
+      <c r="E12" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A13" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B13" s="40">
+        <v>2024</v>
+      </c>
+      <c r="C13" s="48" t="s">
+        <v>35</v>
+      </c>
+      <c r="D13" s="15">
+        <v>2</v>
+      </c>
+      <c r="E13" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F13" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G13" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H13" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A14" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="40">
+        <v>2024</v>
+      </c>
+      <c r="C14" s="48" t="s">
+        <v>38</v>
+      </c>
+      <c r="D14" s="15">
+        <v>2</v>
+      </c>
+      <c r="E14" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F14" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G14" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H14" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A15" s="49" t="s">
+        <v>7</v>
+      </c>
+      <c r="B15" s="40">
+        <v>2024</v>
+      </c>
+      <c r="C15" s="49" t="s">
+        <v>37</v>
+      </c>
+      <c r="D15" s="15">
+        <v>2</v>
+      </c>
+      <c r="E15" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F15" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G15" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H15" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A16" s="49" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="50">
+        <v>2024</v>
+      </c>
+      <c r="C16" s="48" t="s">
+        <v>41</v>
+      </c>
+      <c r="D16" s="15">
+        <v>2</v>
+      </c>
+      <c r="E16" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F16" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G16" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A17" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B17" s="15">
+        <v>2024</v>
+      </c>
+      <c r="C17" s="48" t="s">
+        <v>36</v>
+      </c>
+      <c r="D17" s="40">
+        <v>2</v>
+      </c>
+      <c r="E17" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F17" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G17" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H17" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B18" s="51">
+        <v>2024</v>
+      </c>
+      <c r="C18" s="48" t="s">
+        <v>47</v>
+      </c>
+      <c r="D18" s="40">
+        <v>2</v>
+      </c>
+      <c r="E18" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F18" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G18" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H18" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B19" s="15">
+        <v>2024</v>
+      </c>
+      <c r="C19" s="48" t="s">
+        <v>34</v>
+      </c>
+      <c r="D19" s="40">
+        <v>2</v>
+      </c>
+      <c r="E19" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F19" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H19" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="51">
+        <v>2025</v>
+      </c>
+      <c r="C20" s="28" t="s">
         <v>73</v>
       </c>
-      <c r="H2" s="6" t="s">
+      <c r="D20" s="40">
+        <v>0</v>
+      </c>
+      <c r="E20" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F20" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H20" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B21" s="51">
+        <v>2025</v>
+      </c>
+      <c r="C21" s="28" t="s">
         <v>74</v>
       </c>
-    </row>
-[...131 lines deleted...]
-      <c r="A8" s="30" t="s">
+      <c r="D21" s="40">
+        <v>0</v>
+      </c>
+      <c r="E21" s="11">
+        <v>76000881</v>
+      </c>
+      <c r="F21" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G21" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H21" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A22" s="48" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="20">
-[...8 lines deleted...]
-      <c r="E8" s="16">
+      <c r="B22" s="51">
+        <v>2025</v>
+      </c>
+      <c r="C22" s="28" t="s">
+        <v>75</v>
+      </c>
+      <c r="D22" s="40">
+        <v>0</v>
+      </c>
+      <c r="E22" s="11">
         <v>76000881</v>
       </c>
-      <c r="F8" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A9" s="30" t="s">
+      <c r="F22" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G22" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H22" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="20">
-[...8 lines deleted...]
-      <c r="E9" s="16">
+      <c r="B23" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C23" s="28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" s="40">
+        <v>0</v>
+      </c>
+      <c r="E23" s="11">
         <v>76000881</v>
       </c>
-      <c r="F9" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A10" s="30" t="s">
+      <c r="F23" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G23" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H23" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="20">
-[...8 lines deleted...]
-      <c r="E10" s="16">
+      <c r="B24" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C24" s="28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D24" s="40">
+        <v>0</v>
+      </c>
+      <c r="E24" s="11">
         <v>76000881</v>
       </c>
-      <c r="F10" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A11" s="30" t="s">
+      <c r="F24" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G24" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H24" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="20">
-[...8 lines deleted...]
-      <c r="E11" s="16">
+      <c r="B25" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C25" s="28" t="s">
+        <v>78</v>
+      </c>
+      <c r="D25" s="40">
+        <v>0</v>
+      </c>
+      <c r="E25" s="11">
         <v>76000881</v>
       </c>
-      <c r="F11" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A12" s="4" t="s">
+      <c r="F25" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G25" s="6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H25" s="6" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="49" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="16">
-[...8 lines deleted...]
-      <c r="E12" s="16">
+      <c r="B26" s="40">
+        <v>2025</v>
+      </c>
+      <c r="C26" s="28" t="s">
+        <v>69</v>
+      </c>
+      <c r="D26" s="40">
+        <v>0</v>
+      </c>
+      <c r="E26" s="11">
         <v>76000881</v>
       </c>
-      <c r="F12" s="6" t="s">
-[...172 lines deleted...]
-      <c r="C19" s="4" t="s">
+      <c r="F26" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="G26" s="6" t="s">
         <v>57</v>
       </c>
-      <c r="D19" s="16">
-[...142 lines deleted...]
-        <v>72</v>
+      <c r="H26" s="6" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="ASnrDcVpdgmWgObrK1sh/QGvw/I5unQa+JdWGHQF2qhXH944gpzJjJCmcKzIy3E71fL2jm95n9tPaPUlf65MqQ==" saltValue="Gm9wnDn/t2I51PgEiSOImA==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="XBgk2+Wnuff3UyvaUVLLApY51xyp5rnxgbHcxiLcpe3/ZxT1EBAIoQEmchCx6fLiruwQbOHVyHa0WOsWzgpZzA==" saltValue="l7zrNaV1but98d+Ex39crQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <phoneticPr fontId="25" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:H14"/>
   <sheetViews>
-    <sheetView zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="D15" sqref="D15"/>
+    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="E23" sqref="E23:E24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.28515625" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="11.42578125" style="2"/>
+    <col min="2" max="2" width="12.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="25.7109375" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="15.5703125" style="2" customWidth="1"/>
     <col min="5" max="5" width="11.5703125" style="2"/>
     <col min="6" max="6" width="19" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="23.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="26.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="24.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8" ht="44.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="3" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>5</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A2" s="30" t="s">
+      <c r="A2" s="22" t="s">
         <v>8</v>
       </c>
-      <c r="B2" s="23">
-[...8 lines deleted...]
-      <c r="E2" s="16">
+      <c r="B2" s="31">
+        <v>2024</v>
+      </c>
+      <c r="C2" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="D2" s="15">
+        <v>2</v>
+      </c>
+      <c r="E2" s="11">
         <v>43001376</v>
       </c>
       <c r="F2" s="6" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="G2" s="6" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="H2" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A3" s="31" t="s">
+      <c r="A3" s="23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="30">
+        <v>2024</v>
+      </c>
+      <c r="C3" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D3" s="15">
+        <v>2</v>
+      </c>
+      <c r="E3" s="11">
+        <v>43001376</v>
+      </c>
+      <c r="F3" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G3" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H3" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="4" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A4" s="22" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="32">
-[...26 lines deleted...]
-        <v>2023</v>
+      <c r="B4" s="31">
+        <v>2024</v>
       </c>
       <c r="C4" s="6" t="s">
         <v>42</v>
       </c>
-      <c r="D4" s="16">
-[...2 lines deleted...]
-      <c r="E4" s="16">
+      <c r="D4" s="15">
+        <v>2</v>
+      </c>
+      <c r="E4" s="11">
         <v>43001376</v>
       </c>
       <c r="F4" s="6" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="G4" s="6" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="H4" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A5" s="4" t="s">
-[...3 lines deleted...]
-        <v>2023</v>
+      <c r="A5" s="22" t="s">
+        <v>7</v>
+      </c>
+      <c r="B5" s="31">
+        <v>2024</v>
       </c>
       <c r="C5" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="D5" s="16">
-[...2 lines deleted...]
-      <c r="E5" s="16">
+      <c r="D5" s="15">
+        <v>2</v>
+      </c>
+      <c r="E5" s="11">
         <v>43001376</v>
       </c>
       <c r="F5" s="6" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="G5" s="6" t="s">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="H5" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="B6" s="14">
+        <v>8</v>
+      </c>
+      <c r="B6" s="10">
         <v>2023</v>
       </c>
       <c r="C6" s="6" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-      <c r="E6" s="16">
+        <v>23</v>
+      </c>
+      <c r="D6" s="15">
+        <v>4</v>
+      </c>
+      <c r="E6" s="11">
         <v>43001376</v>
       </c>
       <c r="F6" s="6" t="s">
-        <v>75</v>
+        <v>58</v>
       </c>
       <c r="G6" s="6" t="s">
-        <v>68</v>
+        <v>83</v>
       </c>
       <c r="H6" s="6" t="s">
-        <v>76</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:8" x14ac:dyDescent="0.25">
       <c r="A7" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" s="32">
+        <v>2023</v>
+      </c>
+      <c r="C7" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D7" s="15">
+        <v>4</v>
+      </c>
+      <c r="E7" s="11">
+        <v>43001376</v>
+      </c>
+      <c r="F7" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G7" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H7" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A8" s="4" t="s">
         <v>7</v>
       </c>
-      <c r="B7" s="47">
+      <c r="B8" s="10">
         <v>2023</v>
       </c>
-      <c r="C7" s="6" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="16">
+      <c r="C8" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="15">
+        <v>4</v>
+      </c>
+      <c r="E8" s="11">
         <v>43001376</v>
       </c>
-      <c r="F7" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A8" s="30" t="s">
+      <c r="F8" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A9" s="48" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="51">
+        <v>2023</v>
+      </c>
+      <c r="C9" s="28" t="s">
+        <v>25</v>
+      </c>
+      <c r="D9" s="15">
+        <v>4</v>
+      </c>
+      <c r="E9" s="11">
+        <v>43001376</v>
+      </c>
+      <c r="F9" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G9" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H9" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A10" s="49" t="s">
+        <v>7</v>
+      </c>
+      <c r="B10" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C10" s="28" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" s="15">
+        <v>0</v>
+      </c>
+      <c r="E10" s="11">
+        <v>43001376</v>
+      </c>
+      <c r="F10" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G10" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H10" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A11" s="49" t="s">
+        <v>7</v>
+      </c>
+      <c r="B11" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C11" s="28" t="s">
+        <v>80</v>
+      </c>
+      <c r="D11" s="15">
+        <v>0</v>
+      </c>
+      <c r="E11" s="11">
+        <v>43001376</v>
+      </c>
+      <c r="F11" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G11" s="6" t="s">
+        <v>84</v>
+      </c>
+      <c r="H11" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8" s="36" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="49" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="44">
-[...8 lines deleted...]
-      <c r="E8" s="16">
+      <c r="B12" s="50">
+        <v>2025</v>
+      </c>
+      <c r="C12" s="28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D12" s="15">
+        <v>0</v>
+      </c>
+      <c r="E12" s="11">
         <v>43001376</v>
       </c>
-      <c r="F8" s="6" t="s">
-[...88 lines deleted...]
-      <c r="E14"/>
+      <c r="F12" s="6" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="H12" s="6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8" s="37" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A14"/>
+      <c r="B14" s="2"/>
+      <c r="C14"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14"/>
+      <c r="G14"/>
+      <c r="H14"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="sW/L4hJbwIDoypjtfpY/oJ7cFSIJ4AFzvqrCmy6dd+bD1Sr5+Bq0h4yntTb0C/EivSMJr9R/08EIS98Xi83/Ew==" saltValue="/Geb4ymj1zrj71AA+Xnmtg==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gUGChlPwpRKa63uWufTtDamU/U9hf+UW4mDNLYdzJUPs6ow09eZdS3YNeivDW/DHOvmzOLTBSyP3+T15x8Kp+Q==" saltValue="o74WGsmkqr2o5gM1nvPwgA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <phoneticPr fontId="25" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="3" baseType="lpstr">
       <vt:lpstr>ODONTO Montpellier</vt:lpstr>
       <vt:lpstr>ODONTO Marseille</vt:lpstr>
       <vt:lpstr>ODONTO Nice</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>BERNARD, Evelyne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-08-28T15:31:56Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>a18803f5-3081-417b-8de5-32e0f7f2bb16</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>