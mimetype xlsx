--- v0 (2025-12-15)
+++ v1 (2026-03-25)
@@ -1,220 +1,221 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Desktop\Pour PAPS\Nov 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\Agréments\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{117214B2-39A2-41AD-9786-3B499359D23E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{332022F8-341D-4638-A5E8-75174390BDCB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1305" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Pharmacie R3C TLS" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="O76" i="2" l="1"/>
-[...88 lines deleted...]
-  <c r="O91" i="2"/>
+  <c r="N100" i="2" l="1"/>
+  <c r="N99" i="2"/>
+  <c r="N13" i="2"/>
+  <c r="N98" i="2"/>
+  <c r="N97" i="2"/>
+  <c r="N96" i="2"/>
+  <c r="N77" i="2"/>
+  <c r="N78" i="2"/>
+  <c r="N72" i="2"/>
+  <c r="N95" i="2"/>
+  <c r="N94" i="2"/>
+  <c r="N15" i="2"/>
+  <c r="N16" i="2"/>
+  <c r="N63" i="2"/>
+  <c r="N12" i="2"/>
+  <c r="N8" i="2"/>
+  <c r="N9" i="2"/>
+  <c r="N10" i="2"/>
+  <c r="N7" i="2"/>
+  <c r="N6" i="2"/>
+  <c r="N62" i="2"/>
+  <c r="N41" i="2" l="1"/>
+  <c r="N84" i="2" l="1"/>
+  <c r="N66" i="2"/>
+  <c r="N21" i="2" l="1"/>
+  <c r="N17" i="2" l="1"/>
+  <c r="N34" i="2" l="1"/>
+  <c r="N61" i="2" l="1"/>
+  <c r="N87" i="2" l="1"/>
+  <c r="N69" i="2"/>
+  <c r="N5" i="2" l="1"/>
+  <c r="N11" i="2"/>
+  <c r="N14" i="2"/>
+  <c r="N18" i="2"/>
+  <c r="N19" i="2"/>
+  <c r="N20" i="2"/>
+  <c r="N22" i="2"/>
+  <c r="N23" i="2"/>
+  <c r="N26" i="2"/>
+  <c r="N25" i="2"/>
+  <c r="N24" i="2"/>
+  <c r="N27" i="2"/>
+  <c r="N37" i="2"/>
+  <c r="N32" i="2"/>
+  <c r="N35" i="2"/>
+  <c r="N36" i="2"/>
+  <c r="N49" i="2"/>
+  <c r="N50" i="2"/>
+  <c r="N52" i="2"/>
+  <c r="N53" i="2"/>
+  <c r="N54" i="2"/>
+  <c r="N56" i="2"/>
+  <c r="N57" i="2"/>
+  <c r="N58" i="2"/>
+  <c r="N51" i="2"/>
+  <c r="N59" i="2"/>
+  <c r="N55" i="2"/>
+  <c r="N60" i="2"/>
+  <c r="N30" i="2"/>
+  <c r="N29" i="2"/>
+  <c r="N28" i="2"/>
+  <c r="N44" i="2"/>
+  <c r="N43" i="2"/>
+  <c r="N42" i="2"/>
+  <c r="N48" i="2"/>
+  <c r="N39" i="2"/>
+  <c r="N38" i="2"/>
+  <c r="N47" i="2"/>
+  <c r="N40" i="2"/>
+  <c r="N31" i="2"/>
+  <c r="N33" i="2"/>
+  <c r="N45" i="2"/>
+  <c r="N46" i="2"/>
+  <c r="N64" i="2"/>
+  <c r="N82" i="2"/>
+  <c r="N65" i="2"/>
+  <c r="N67" i="2"/>
+  <c r="N68" i="2"/>
+  <c r="N70" i="2"/>
+  <c r="N71" i="2"/>
+  <c r="N73" i="2"/>
+  <c r="N74" i="2"/>
+  <c r="N75" i="2"/>
+  <c r="N76" i="2"/>
+  <c r="N79" i="2"/>
+  <c r="N80" i="2"/>
+  <c r="N81" i="2"/>
+  <c r="N83" i="2"/>
+  <c r="N85" i="2"/>
+  <c r="N86" i="2"/>
+  <c r="N89" i="2"/>
+  <c r="N88" i="2"/>
+  <c r="N90" i="2"/>
+  <c r="N91" i="2"/>
+  <c r="N93" i="2"/>
+  <c r="N92" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1049" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1020" uniqueCount="234">
   <si>
     <t>PHASE</t>
   </si>
   <si>
     <t>N°Terrain</t>
   </si>
   <si>
     <t>Nom de l’établissement</t>
   </si>
   <si>
     <t>Nom du Terrain</t>
   </si>
   <si>
     <t>Responsable du terrain (RTS)</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
-    <t>code_specialite</t>
-[...1 lines deleted...]
-  <si>
     <t>Phase socle (P1)</t>
   </si>
   <si>
     <t>Phase d'approfondissement (P2)</t>
   </si>
   <si>
     <t>Phase de consolidation (P3) DJ</t>
   </si>
   <si>
     <t>Début semestre valide</t>
   </si>
   <si>
     <t>PRINCIPAL</t>
-  </si>
-[...1 lines deleted...]
-    <t>DES-PH</t>
   </si>
   <si>
     <t>OUI</t>
   </si>
   <si>
     <t>NON</t>
   </si>
   <si>
     <t>Dispositifs médicaux- Stérilisation - Hygiène hospitalière</t>
   </si>
   <si>
     <t>PHG</t>
   </si>
   <si>
     <t>Pharmacie clinique Prise en charge thérapeutique du patient</t>
   </si>
   <si>
     <t>Technologies pharmaceutiques hospitalières - Contrôles</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>Stage libre</t>
   </si>
@@ -363,53 +364,50 @@
   <si>
     <t>SEGONDS Mylène</t>
   </si>
   <si>
     <t>CH MONTAUBAN</t>
   </si>
   <si>
     <t>SEREE DE ROCH Xavier</t>
   </si>
   <si>
     <t>CHU TOULOUSE</t>
   </si>
   <si>
     <t>OMEDIT OCCITANIE</t>
   </si>
   <si>
     <t>BONNEFOUS Monique</t>
   </si>
   <si>
     <t>Achats dispositifs médicaux</t>
   </si>
   <si>
     <t>CASTEL- MOLIERES Marion</t>
   </si>
   <si>
-    <t>SERVICE MATERIAUX VIGILANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>JUILLARD-CONDAT Blandine</t>
   </si>
   <si>
     <t>EQUIPE DE POLE GERIATRIE</t>
   </si>
   <si>
     <t>Mc CAMBRIDGE Cécile</t>
   </si>
   <si>
     <t>EQUIPE DE POLE I3LM</t>
   </si>
   <si>
     <t>JOUGLEN Julien</t>
   </si>
   <si>
     <t>EQUIPE DE POLE PEDIATRIE FEMME MERE COUPLE</t>
   </si>
   <si>
     <t>EQUIPE DE POLE CVR</t>
   </si>
   <si>
     <t>RECOCHE Isabelle</t>
   </si>
   <si>
     <t>EQUIPE DE POLE CVM</t>
@@ -494,53 +492,50 @@
     <t>VITALE Gilles</t>
   </si>
   <si>
     <t>LOGIPHARMA  APPRO DM</t>
   </si>
   <si>
     <t>PECANI Dorothée</t>
   </si>
   <si>
     <t>LOGIPHARMA EXPERTISE DM</t>
   </si>
   <si>
     <t>CHU TOULOUSE HOPITAL PURPAN</t>
   </si>
   <si>
     <t>Cpias OCCITANIE</t>
   </si>
   <si>
     <t>CANOUET Sandrine</t>
   </si>
   <si>
     <t>CHU TOULOUSE ONCOPOLE IUCT</t>
   </si>
   <si>
     <t>Pharmacocinétique</t>
-  </si>
-[...1 lines deleted...]
-    <t>CHATELUT Etienne</t>
   </si>
   <si>
     <t>ONCOPOLE PREPARATOIRE</t>
   </si>
   <si>
     <t>GUILLEMOT Coralie</t>
   </si>
   <si>
     <t>ONCOPOLE UPCO</t>
   </si>
   <si>
     <t>PERRIAT Sophie</t>
   </si>
   <si>
     <t>ONCOPOLE Essais cliniques MTI</t>
   </si>
   <si>
     <t>GRAND Anaïs</t>
   </si>
   <si>
     <t>Oncopole essais cliniques</t>
   </si>
   <si>
     <t>CHU Toulouse Purpan</t>
   </si>
@@ -696,224 +691,247 @@
   <si>
     <t>TO0015500001</t>
   </si>
   <si>
     <t>VIARD Caroline</t>
   </si>
   <si>
     <t>COMEDIMS</t>
   </si>
   <si>
     <t>TO001551</t>
   </si>
   <si>
     <t>TO0015510001</t>
   </si>
   <si>
     <t>TO001552</t>
   </si>
   <si>
     <t>TO0015520001</t>
   </si>
   <si>
     <t>ONCOPOLE UPCO (anticancéreux oraux)</t>
   </si>
   <si>
-    <r>
-[...28 lines deleted...]
-  <si>
     <t>Pharmacologie Médicale et Clinique</t>
   </si>
   <si>
     <t>TO001554</t>
   </si>
   <si>
     <t>TO0015540001</t>
   </si>
   <si>
     <t>LEGRIS Aurélie</t>
   </si>
   <si>
     <t>CAVALLIN Leslie / (CHAMBAULT Rémy en l'absence de Mme CAVALLIN)</t>
   </si>
   <si>
     <t>SORLI Caroline</t>
   </si>
   <si>
     <t>CH TARBES LOURDES Site Ayguerote (Tarbes)</t>
   </si>
   <si>
     <t>CHIC CASTRES MAZAMET</t>
   </si>
   <si>
     <t>CHIVA FOIX</t>
   </si>
   <si>
     <t>CH RODEZ</t>
   </si>
   <si>
     <t>CH AUCH</t>
   </si>
   <si>
-    <t>PERRIER Christophe</t>
-[...1 lines deleted...]
-  <si>
     <t>MARCHAND Martial</t>
   </si>
   <si>
     <t>ROUVE Nadège</t>
   </si>
   <si>
     <t>TO001692</t>
   </si>
   <si>
     <t>TO0016920002</t>
   </si>
   <si>
     <t>TO0016920001</t>
   </si>
   <si>
     <t>TO001693</t>
   </si>
   <si>
     <t>TO001694</t>
   </si>
   <si>
-    <t>TO0016930001</t>
-[...7 lines deleted...]
-  <si>
     <t>DURAND Fanny</t>
   </si>
   <si>
     <t>BAURIAUD Mathilde</t>
   </si>
   <si>
     <t>TO0016940001</t>
   </si>
   <si>
     <t>COREMEDIMS</t>
   </si>
   <si>
     <t>760006950009</t>
   </si>
   <si>
     <t>760006950010</t>
   </si>
   <si>
     <t>760006950011</t>
   </si>
   <si>
     <t xml:space="preserve">CH Comminges Pyrénées (Saint Gaudens) </t>
   </si>
   <si>
     <t>BONNET Julie</t>
   </si>
   <si>
     <t>TO001700</t>
   </si>
   <si>
     <t>TO0017000001</t>
   </si>
   <si>
     <t>GAINVILLE Adrien</t>
   </si>
   <si>
     <t>TO001701</t>
   </si>
   <si>
     <t>TO0017010001</t>
   </si>
   <si>
     <t>TO0017010002</t>
   </si>
   <si>
     <t>Agréments Pharmacie Hospitalière - Subdivision Toulouse</t>
   </si>
   <si>
-    <t>Commission d'agrément du 12/06/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>N°Agrément</t>
   </si>
   <si>
     <t>ESSAIS CLINIQUES PREPARATOIRE</t>
   </si>
   <si>
-    <r>
-[...12 lines deleted...]
-    </r>
+    <t>Clinique Médipôle Garonne</t>
+  </si>
+  <si>
+    <t>LE ROCH Gaëlle</t>
+  </si>
+  <si>
+    <t>CH ARIEGE COUSERANS</t>
+  </si>
+  <si>
+    <t>BADRE-SENTENAC Stephanie</t>
+  </si>
+  <si>
+    <t>CLINIQUE RIVE GAUCHE</t>
+  </si>
+  <si>
+    <t>SDIS 31</t>
+  </si>
+  <si>
+    <t>ZAGO-POUGET Pascale</t>
+  </si>
+  <si>
+    <t>LACOMBE Thierry</t>
+  </si>
+  <si>
+    <t>TO0018030001</t>
+  </si>
+  <si>
+    <t>PUISSET Florent</t>
+  </si>
+  <si>
+    <t>THOMAS Fabienne</t>
+  </si>
+  <si>
+    <t>TO0016930004</t>
+  </si>
+  <si>
+    <t>TO0016930005</t>
+  </si>
+  <si>
+    <t>TO0016930006</t>
+  </si>
+  <si>
+    <t>LOGIPHARMA MATÉRIOVIGILANCE</t>
+  </si>
+  <si>
+    <t>TO001804</t>
+  </si>
+  <si>
+    <t>TO0018040001</t>
+  </si>
+  <si>
+    <t>TO0018040002</t>
+  </si>
+  <si>
+    <t>TO0018050001</t>
+  </si>
+  <si>
+    <t>TO001805</t>
+  </si>
+  <si>
+    <t>TO001806</t>
+  </si>
+  <si>
+    <t>TO0018060001</t>
+  </si>
+  <si>
+    <t>TO001807</t>
+  </si>
+  <si>
+    <t>TO0018070001</t>
+  </si>
+  <si>
+    <t>Commission d'agrément du 10 février 2026</t>
+  </si>
+  <si>
+    <t>BOUNY Emmanuelle</t>
+  </si>
+  <si>
+    <t>ESSAIS CLINIQUES/ RETROCESSION Rangeuil</t>
+  </si>
+  <si>
+    <t>ESSAIS CLINIQUES/ RETROCESSION Purpan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24" x14ac:knownFonts="1">
+  <fonts count="21" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -951,131 +969,109 @@
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="12"/>
-[...4 lines deleted...]
-    <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Calibri"/>
-[...5 lines deleted...]
-      <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="4"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <i/>
-[...6 lines deleted...]
-    <font>
       <b/>
       <sz val="18"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
-      <sz val="10"/>
-      <color theme="1"/>
+      <sz val="12"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -1223,102 +1219,96 @@
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="106">
+  <cellXfs count="111">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
@@ -1394,188 +1384,209 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="1" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="16" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...30 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="7" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="10" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
-  <dxfs count="21">
+  <dxfs count="20">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right/>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
@@ -1830,78 +1841,50 @@
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
-[...26 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
         <vertical/>
         <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
@@ -1939,54 +1922,61 @@
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
-        <color theme="1"/>
+        <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
       <alignment vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
@@ -2140,71 +2130,70 @@
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="1369219" y="142875"/>
           <a:ext cx="1690687" cy="984781"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="B4:R94" totalsRowShown="0" dataDxfId="19" headerRowBorderDxfId="20" tableBorderDxfId="18" totalsRowBorderDxfId="17">
-[...2 lines deleted...]
-    <sortCondition ref="D4:D88"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="B4:Q100" totalsRowShown="0" dataDxfId="18" headerRowBorderDxfId="19" tableBorderDxfId="17" totalsRowBorderDxfId="16">
+  <autoFilter ref="B4:Q100" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B5:Q89">
+    <sortCondition ref="D4:D89"/>
   </sortState>
-  <tableColumns count="17">
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="code_specialite" dataDxfId="10"/>
+  <tableColumns count="16">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="N°Terrain" dataDxfId="15"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="N°Agrément" dataDxfId="14"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Nom de l’établissement" dataDxfId="13"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Nom du Terrain" dataDxfId="12"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Responsable du terrain (RTS)" dataDxfId="11"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Type" dataDxfId="10"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Indications/Domaines" dataDxfId="9"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Phase socle (P1)" dataDxfId="8"/>
     <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Phase d'approfondissement (P2)" dataDxfId="7"/>
     <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Phase de consolidation (P3) DJ" dataDxfId="6"/>
     <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="Début semestre valide" dataDxfId="5"/>
     <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="Durée (année)" dataDxfId="4"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="Fin d'agrément (non compris) " dataDxfId="3">
-      <calculatedColumnFormula>DATE(YEAR(M5)+(N5),MONTH(M5),DAY(M5))</calculatedColumnFormula>
+      <calculatedColumnFormula>DATE(YEAR(L5)+(M5),MONTH(L5),DAY(L5))</calculatedColumnFormula>
     </tableColumn>
     <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="Option PHG (Pharmacie Hospitalière Générale)" dataDxfId="2"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Option DSPS (Développement et sécurisation des produits de santé)" dataDxfId="1"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="Option RPH (Radio pharmacie)" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2440,4746 +2429,4852 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="5" tint="0.79998168889431442"/>
   </sheetPr>
-  <dimension ref="A1:R98"/>
+  <dimension ref="A1:R100"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="F98" sqref="F98"/>
+    <sheetView tabSelected="1" zoomScale="70" zoomScaleNormal="70" workbookViewId="0">
+      <selection activeCell="B1" sqref="B1:Q1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="2.140625" customWidth="1"/>
-    <col min="2" max="2" width="0" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="15.85546875" style="4" customWidth="1"/>
+    <col min="2" max="2" width="17.7109375" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="15.85546875" style="3" customWidth="1"/>
     <col min="4" max="4" width="38" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="40.7109375" customWidth="1"/>
-    <col min="6" max="6" width="31.7109375" customWidth="1"/>
+    <col min="5" max="5" width="44.42578125" customWidth="1"/>
+    <col min="6" max="6" width="31.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="10.85546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="20" style="3" hidden="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="18" max="18" width="15.7109375" style="13" customWidth="1"/>
+    <col min="8" max="8" width="42.85546875" style="25" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="10.85546875" style="12" customWidth="1"/>
+    <col min="10" max="10" width="20.5703125" style="12" customWidth="1"/>
+    <col min="11" max="11" width="18.140625" style="12" customWidth="1"/>
+    <col min="12" max="12" width="16.140625" style="12" customWidth="1"/>
+    <col min="13" max="13" width="11.42578125" style="12"/>
+    <col min="14" max="14" width="15.85546875" style="12" customWidth="1"/>
+    <col min="15" max="15" width="15.7109375" style="12" customWidth="1"/>
+    <col min="16" max="16" width="14.7109375" style="12" customWidth="1"/>
+    <col min="17" max="17" width="15.7109375" style="12" customWidth="1"/>
+    <col min="18" max="18" width="40.5703125" style="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="33"/>
-[...18 lines deleted...]
-      <c r="R1" s="104"/>
+      <c r="A1" s="31"/>
+      <c r="B1" s="107" t="s">
+        <v>203</v>
+      </c>
+      <c r="C1" s="107"/>
+      <c r="D1" s="107"/>
+      <c r="E1" s="107"/>
+      <c r="F1" s="108"/>
+      <c r="G1" s="107"/>
+      <c r="H1" s="107"/>
+      <c r="I1" s="107"/>
+      <c r="J1" s="107"/>
+      <c r="K1" s="107"/>
+      <c r="L1" s="107"/>
+      <c r="M1" s="107"/>
+      <c r="N1" s="107"/>
+      <c r="O1" s="107"/>
+      <c r="P1" s="107"/>
+      <c r="Q1" s="107"/>
     </row>
     <row r="2" spans="1:18" ht="21" x14ac:dyDescent="0.25">
-      <c r="A2" s="33"/>
-[...18 lines deleted...]
-      <c r="R2" s="105"/>
+      <c r="A2" s="31"/>
+      <c r="B2" s="97"/>
+      <c r="C2" s="97"/>
+      <c r="D2" s="97"/>
+      <c r="E2" s="97"/>
+      <c r="F2" s="99"/>
+      <c r="G2" s="97"/>
+      <c r="H2" s="97"/>
+      <c r="I2" s="97"/>
+      <c r="J2" s="97"/>
+      <c r="K2" s="97"/>
+      <c r="L2" s="97"/>
+      <c r="M2" s="97"/>
+      <c r="N2" s="109" t="s">
+        <v>230</v>
+      </c>
+      <c r="O2" s="109"/>
+      <c r="P2" s="109"/>
+      <c r="Q2" s="109"/>
     </row>
     <row r="3" spans="1:18" x14ac:dyDescent="0.25">
-      <c r="B3" s="13"/>
-      <c r="C3" s="11"/>
+      <c r="B3" s="12"/>
+      <c r="C3" s="10"/>
       <c r="D3" s="1"/>
-      <c r="E3" s="21"/>
-      <c r="F3" s="1"/>
+      <c r="E3" s="19"/>
       <c r="G3" s="2"/>
-      <c r="H3" s="17"/>
-      <c r="J3" s="103" t="s">
+      <c r="I3" s="106" t="s">
         <v>0</v>
       </c>
-      <c r="K3" s="103"/>
-      <c r="L3" s="103"/>
+      <c r="J3" s="106"/>
+      <c r="K3" s="106"/>
     </row>
     <row r="4" spans="1:18" ht="45" x14ac:dyDescent="0.25">
-      <c r="B4" s="5" t="s">
+      <c r="B4" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="C4" s="6" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="7" t="s">
+      <c r="C4" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="D4" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="E4" s="7" t="s">
+      <c r="E4" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="F4" s="7" t="s">
+      <c r="F4" s="6" t="s">
         <v>4</v>
       </c>
-      <c r="G4" s="7" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="7" t="s">
+      <c r="G4" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="H4" s="11" t="s">
+        <v>25</v>
+      </c>
+      <c r="I4" s="7" t="s">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="J4" s="8" t="s">
         <v>7</v>
       </c>
       <c r="K4" s="9" t="s">
         <v>8</v>
       </c>
-      <c r="L4" s="10" t="s">
+      <c r="L4" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="M4" s="7" t="s">
-[...8 lines deleted...]
-      <c r="P4" s="24" t="s">
+      <c r="M4" s="6" t="s">
+        <v>133</v>
+      </c>
+      <c r="N4" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="O4" s="22" t="s">
+        <v>42</v>
+      </c>
+      <c r="P4" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="Q4" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="R4"/>
+    </row>
+    <row r="5" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B5" s="58">
+        <v>76001013</v>
+      </c>
+      <c r="C5" s="57">
+        <v>760010130002</v>
+      </c>
+      <c r="D5" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="Q4" s="25" t="s">
-[...13 lines deleted...]
-      <c r="D5" s="46" t="s">
+      <c r="F5" s="32" t="s">
         <v>45</v>
       </c>
-      <c r="E5" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F5" s="34" t="s">
+      <c r="G5" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H5" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J5" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K5" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L5" s="13" t="s">
+        <v>17</v>
+      </c>
+      <c r="M5" s="13">
+        <v>5</v>
+      </c>
+      <c r="N5" s="20">
+        <f t="shared" ref="N5:N44" si="0">DATE(YEAR(L5)+(M5),MONTH(L5),DAY(L5))</f>
+        <v>46692</v>
+      </c>
+      <c r="O5" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P5" s="13"/>
+      <c r="Q5" s="14"/>
+      <c r="R5"/>
+    </row>
+    <row r="6" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="58" t="s">
+        <v>183</v>
+      </c>
+      <c r="C6" s="57" t="s">
+        <v>185</v>
+      </c>
+      <c r="D6" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E6" s="50" t="s">
         <v>47</v>
       </c>
-      <c r="G5" s="40" t="s">
-[...2 lines deleted...]
-      <c r="H5" s="40" t="s">
+      <c r="F6" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H6" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="I6" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="I5" s="41" t="s">
+      <c r="J6" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K6" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="52">
+        <v>45778</v>
+      </c>
+      <c r="M6" s="46">
+        <v>5</v>
+      </c>
+      <c r="N6" s="52">
+        <f>DATE(YEAR(L6)+(M6),MONTH(L6),DAY(L6))</f>
+        <v>47604</v>
+      </c>
+      <c r="O6" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="P6" s="78"/>
+      <c r="Q6" s="79"/>
+    </row>
+    <row r="7" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="58" t="s">
+        <v>183</v>
+      </c>
+      <c r="C7" s="36" t="s">
+        <v>184</v>
+      </c>
+      <c r="D7" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" s="44" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H7" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="I7" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J7" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K7" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L7" s="52">
+        <v>45778</v>
+      </c>
+      <c r="M7" s="46">
+        <v>5</v>
+      </c>
+      <c r="N7" s="52">
+        <f>DATE(YEAR(L7)+(M7),MONTH(L7),DAY(L7))</f>
+        <v>47604</v>
+      </c>
+      <c r="O7" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="P7" s="78"/>
+      <c r="Q7" s="79"/>
+    </row>
+    <row r="8" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="58" t="s">
+        <v>186</v>
+      </c>
+      <c r="C8" s="36" t="s">
+        <v>217</v>
+      </c>
+      <c r="D8" s="44" t="s">
+        <v>180</v>
+      </c>
+      <c r="E8" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" s="50" t="s">
+        <v>231</v>
+      </c>
+      <c r="G8" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H8" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J8" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K8" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L8" s="74">
+        <v>46143</v>
+      </c>
+      <c r="M8" s="46">
+        <v>5</v>
+      </c>
+      <c r="N8" s="74">
+        <f t="shared" ref="N8:N10" si="1">DATE(YEAR(L8)+(M8),MONTH(L8),DAY(L8))</f>
+        <v>47969</v>
+      </c>
+      <c r="O8" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P8" s="78"/>
+      <c r="Q8" s="79"/>
+    </row>
+    <row r="9" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="58" t="s">
+        <v>186</v>
+      </c>
+      <c r="C9" s="36" t="s">
+        <v>218</v>
+      </c>
+      <c r="D9" s="44" t="s">
+        <v>180</v>
+      </c>
+      <c r="E9" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" s="50" t="s">
+        <v>231</v>
+      </c>
+      <c r="G9" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H9" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J9" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="K9" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L9" s="74">
+        <v>46143</v>
+      </c>
+      <c r="M9" s="46">
+        <v>5</v>
+      </c>
+      <c r="N9" s="74">
+        <f t="shared" si="1"/>
+        <v>47969</v>
+      </c>
+      <c r="O9" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P9" s="13"/>
+      <c r="Q9" s="14"/>
+    </row>
+    <row r="10" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="58" t="s">
+        <v>186</v>
+      </c>
+      <c r="C10" s="36" t="s">
+        <v>219</v>
+      </c>
+      <c r="D10" s="44" t="s">
+        <v>180</v>
+      </c>
+      <c r="E10" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F10" s="50" t="s">
+        <v>231</v>
+      </c>
+      <c r="G10" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H10" s="47" t="s">
+        <v>16</v>
+      </c>
+      <c r="I10" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J10" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="K10" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L10" s="74">
+        <v>46143</v>
+      </c>
+      <c r="M10" s="46">
+        <v>5</v>
+      </c>
+      <c r="N10" s="74">
+        <f t="shared" si="1"/>
+        <v>47969</v>
+      </c>
+      <c r="O10" s="46"/>
+      <c r="P10" s="13"/>
+      <c r="Q10" s="14"/>
+    </row>
+    <row r="11" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A11" s="43"/>
+      <c r="B11" s="45">
+        <v>76001188</v>
+      </c>
+      <c r="C11" s="36">
+        <v>760011880001</v>
+      </c>
+      <c r="D11" s="44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E11" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="44" t="s">
+        <v>181</v>
+      </c>
+      <c r="G11" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H11" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J11" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K11" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L11" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="J5" s="29" t="s">
-[...313 lines deleted...]
-      <c r="O11" s="23">
+      <c r="M11" s="38">
+        <v>5</v>
+      </c>
+      <c r="N11" s="21">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P11" s="14" t="s">
+      <c r="O11" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P11" s="13"/>
+      <c r="Q11" s="14"/>
+      <c r="R11"/>
+    </row>
+    <row r="12" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="81"/>
+      <c r="B12" s="45">
+        <v>76001188</v>
+      </c>
+      <c r="C12" s="36">
+        <v>760011880004</v>
+      </c>
+      <c r="D12" s="44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E12" s="50" t="s">
+        <v>27</v>
+      </c>
+      <c r="F12" s="44" t="s">
+        <v>181</v>
+      </c>
+      <c r="G12" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="47" t="s">
         <v>16</v>
       </c>
-      <c r="Q11" s="14"/>
-[...22 lines deleted...]
-      <c r="H12" s="48" t="s">
+      <c r="I12" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J12" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K12" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="I12" s="49" t="s">
-[...11 lines deleted...]
-      <c r="M12" s="54">
+      <c r="L12" s="52">
         <v>45778</v>
       </c>
-      <c r="N12" s="48">
-[...53 lines deleted...]
-      <c r="O13" s="54">
+      <c r="M12" s="46">
+        <v>5</v>
+      </c>
+      <c r="N12" s="52">
         <f t="shared" si="0"/>
         <v>47604</v>
       </c>
-      <c r="P13" s="14" t="s">
+      <c r="O12" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="P12" s="78"/>
+      <c r="Q12" s="79"/>
+    </row>
+    <row r="13" spans="1:18" s="77" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="81"/>
+      <c r="B13" s="45">
+        <v>76001188</v>
+      </c>
+      <c r="C13" s="36">
+        <v>760011880003</v>
+      </c>
+      <c r="D13" s="44" t="s">
+        <v>176</v>
+      </c>
+      <c r="E13" s="50" t="s">
+        <v>27</v>
+      </c>
+      <c r="F13" s="44" t="s">
+        <v>181</v>
+      </c>
+      <c r="G13" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H13" s="47" t="s">
+        <v>13</v>
+      </c>
+      <c r="I13" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J13" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="K13" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L13" s="41">
+        <v>46143</v>
+      </c>
+      <c r="M13" s="38">
+        <v>5</v>
+      </c>
+      <c r="N13" s="41">
+        <f>DATE(YEAR(L13)+(M13),MONTH(L13),DAY(L13))</f>
+        <v>47969</v>
+      </c>
+      <c r="O13" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P13" s="13"/>
+      <c r="Q13" s="14"/>
+    </row>
+    <row r="14" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A14" s="43"/>
+      <c r="B14" s="45">
+        <v>73000216</v>
+      </c>
+      <c r="C14" s="36">
+        <v>730002160022</v>
+      </c>
+      <c r="D14" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E14" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F14" s="44" t="s">
+        <v>188</v>
+      </c>
+      <c r="G14" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H14" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I14" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J14" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K14" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L14" s="52">
+        <v>45778</v>
+      </c>
+      <c r="M14" s="46">
+        <v>5</v>
+      </c>
+      <c r="N14" s="52">
+        <f t="shared" si="0"/>
+        <v>47604</v>
+      </c>
+      <c r="O14" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P14" s="80"/>
+      <c r="Q14" s="83"/>
+      <c r="R14"/>
+    </row>
+    <row r="15" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B15" s="45">
+        <v>73000216</v>
+      </c>
+      <c r="C15" s="36">
+        <v>730002160023</v>
+      </c>
+      <c r="D15" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E15" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F15" s="44" t="s">
+        <v>188</v>
+      </c>
+      <c r="G15" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H15" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I15" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J15" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K15" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L15" s="52">
+        <v>45778</v>
+      </c>
+      <c r="M15" s="46">
+        <v>5</v>
+      </c>
+      <c r="N15" s="52">
+        <f t="shared" ref="N15:N16" si="2">DATE(YEAR(L15)+(M15),MONTH(L15),DAY(L15))</f>
+        <v>47604</v>
+      </c>
+      <c r="O15" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P15" s="80"/>
+      <c r="Q15" s="83"/>
+      <c r="R15"/>
+    </row>
+    <row r="16" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A16" s="43"/>
+      <c r="B16" s="45">
+        <v>73000216</v>
+      </c>
+      <c r="C16" s="36">
+        <v>730002160024</v>
+      </c>
+      <c r="D16" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E16" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F16" s="44" t="s">
+        <v>188</v>
+      </c>
+      <c r="G16" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H16" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q13" s="85"/>
-[...21 lines deleted...]
-      <c r="H14" s="40" t="s">
+      <c r="I16" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J16" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K16" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L16" s="52">
+        <v>46143</v>
+      </c>
+      <c r="M16" s="46">
+        <v>5</v>
+      </c>
+      <c r="N16" s="52">
+        <f t="shared" si="2"/>
+        <v>47969</v>
+      </c>
+      <c r="O16" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P16" s="80"/>
+      <c r="Q16" s="83"/>
+      <c r="R16"/>
+    </row>
+    <row r="17" spans="1:18" s="55" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="49"/>
+      <c r="B17" s="45" t="s">
+        <v>161</v>
+      </c>
+      <c r="C17" s="36" t="s">
+        <v>162</v>
+      </c>
+      <c r="D17" s="44" t="s">
+        <v>46</v>
+      </c>
+      <c r="E17" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F17" s="44" t="s">
+        <v>160</v>
+      </c>
+      <c r="G17" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H17" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="I17" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="I14" s="41" t="s">
-[...47 lines deleted...]
-      <c r="H15" s="40" t="s">
+      <c r="J17" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K17" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="I15" s="41" t="s">
-[...62 lines deleted...]
-      <c r="M16" s="54">
+      <c r="L17" s="52">
         <v>45413</v>
       </c>
-      <c r="N16" s="48">
-[...2 lines deleted...]
-      <c r="O16" s="54">
+      <c r="M17" s="46">
+        <v>5</v>
+      </c>
+      <c r="N17" s="52">
         <f t="shared" si="0"/>
         <v>47239</v>
       </c>
-      <c r="P16" s="55" t="s">
-[...7 lines deleted...]
-      <c r="B17" s="47">
+      <c r="O17" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="P17" s="53"/>
+      <c r="Q17" s="54"/>
+    </row>
+    <row r="18" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A18" s="43"/>
+      <c r="B18" s="45">
         <v>76000631</v>
       </c>
-      <c r="C17" s="38">
+      <c r="C18" s="36">
         <v>760006310005</v>
       </c>
-      <c r="D17" s="46" t="s">
-[...14 lines deleted...]
-      <c r="I17" s="41" t="s">
+      <c r="D18" s="44" t="s">
+        <v>177</v>
+      </c>
+      <c r="E18" s="37" t="s">
+        <v>48</v>
+      </c>
+      <c r="F18" s="44" t="s">
+        <v>49</v>
+      </c>
+      <c r="G18" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H18" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I18" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J18" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K18" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L18" s="13" t="s">
         <v>17</v>
       </c>
-      <c r="J17" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O17" s="23">
+      <c r="M18" s="38">
+        <v>5</v>
+      </c>
+      <c r="N18" s="21">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P17" s="14" t="s">
-[...6 lines deleted...]
-      <c r="B18" s="37">
+      <c r="O18" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P18" s="13"/>
+      <c r="Q18" s="14"/>
+      <c r="R18"/>
+    </row>
+    <row r="19" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B19" s="35">
         <v>73000460</v>
       </c>
-      <c r="C18" s="42">
+      <c r="C19" s="40">
         <v>730004600011</v>
       </c>
-      <c r="D18" s="34" t="s">
-[...32 lines deleted...]
-      <c r="O18" s="23">
+      <c r="D19" s="44" t="s">
+        <v>178</v>
+      </c>
+      <c r="E19" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F19" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G19" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H19" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I19" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J19" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K19" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L19" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M19" s="13">
+        <v>5</v>
+      </c>
+      <c r="N19" s="21">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P18" s="14" t="s">
-[...7 lines deleted...]
-      <c r="B19" s="37">
+      <c r="O19" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P19" s="13"/>
+      <c r="Q19" s="14"/>
+      <c r="R19"/>
+    </row>
+    <row r="20" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A20" s="43"/>
+      <c r="B20" s="35">
         <v>73000460</v>
       </c>
-      <c r="C19" s="42">
+      <c r="C20" s="40">
         <v>730004600012</v>
       </c>
-      <c r="D19" s="34" t="s">
-[...17 lines deleted...]
-      <c r="J19" s="29" t="s">
+      <c r="D20" s="44" t="s">
+        <v>178</v>
+      </c>
+      <c r="E20" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F20" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G20" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H20" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K19" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O19" s="79">
+      <c r="I20" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J20" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K20" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L20" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M20" s="46">
+        <v>5</v>
+      </c>
+      <c r="N20" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P19" s="48" t="s">
+      <c r="O20" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P20" s="46"/>
+      <c r="Q20" s="75"/>
+      <c r="R20"/>
+    </row>
+    <row r="21" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A21" s="43"/>
+      <c r="B21" s="35">
+        <v>73000460</v>
+      </c>
+      <c r="C21" s="60">
+        <v>730004600013</v>
+      </c>
+      <c r="D21" s="44" t="s">
+        <v>178</v>
+      </c>
+      <c r="E21" s="37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F21" s="32" t="s">
+        <v>50</v>
+      </c>
+      <c r="G21" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H21" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q19" s="48"/>
-[...37 lines deleted...]
-      <c r="M20" s="77">
+      <c r="I21" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J21" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K21" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="L21" s="72">
         <v>45597</v>
       </c>
-      <c r="N20" s="78">
-[...2 lines deleted...]
-      <c r="O20" s="77">
+      <c r="M21" s="73">
+        <v>5</v>
+      </c>
+      <c r="N21" s="72">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
-      <c r="P20" s="48" t="s">
-[...7 lines deleted...]
-      <c r="B21" s="37">
+      <c r="O21" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P21" s="46"/>
+      <c r="Q21" s="75"/>
+      <c r="R21"/>
+    </row>
+    <row r="22" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A22" s="43"/>
+      <c r="B22" s="35">
         <v>76000896</v>
       </c>
-      <c r="C21" s="42">
+      <c r="C22" s="40">
         <v>760008960002</v>
       </c>
-      <c r="D21" s="34" t="s">
-[...14 lines deleted...]
-      <c r="I21" s="41" t="s">
+      <c r="D22" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="E22" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F22" s="32" t="s">
+        <v>52</v>
+      </c>
+      <c r="G22" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H22" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I22" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J22" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K22" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L22" s="46" t="s">
         <v>17</v>
       </c>
-      <c r="J21" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O21" s="79">
+      <c r="M22" s="46">
+        <v>5</v>
+      </c>
+      <c r="N22" s="74">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P21" s="48" t="s">
-[...7 lines deleted...]
-      <c r="B22" s="37">
+      <c r="O22" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P22" s="46"/>
+      <c r="Q22" s="75"/>
+      <c r="R22"/>
+    </row>
+    <row r="23" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A23" s="43"/>
+      <c r="B23" s="35">
         <v>73000587</v>
       </c>
-      <c r="C22" s="42">
+      <c r="C23" s="40">
         <v>730005870005</v>
       </c>
-      <c r="D22" s="34" t="s">
+      <c r="D23" s="44" t="s">
+        <v>53</v>
+      </c>
+      <c r="E23" s="37" t="s">
+        <v>54</v>
+      </c>
+      <c r="F23" s="32" t="s">
         <v>55</v>
       </c>
-      <c r="E22" s="39" t="s">
-[...29 lines deleted...]
-      <c r="O22" s="79">
+      <c r="G23" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H23" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I23" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J23" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K23" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L23" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M23" s="46">
+        <v>5</v>
+      </c>
+      <c r="N23" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P22" s="48" t="s">
-[...7 lines deleted...]
-      <c r="B23" s="37">
+      <c r="O23" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P23" s="46"/>
+      <c r="Q23" s="75"/>
+      <c r="R23"/>
+    </row>
+    <row r="24" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A24" s="43"/>
+      <c r="B24" s="35">
         <v>73000125</v>
       </c>
-      <c r="C23" s="42">
+      <c r="C24" s="40">
         <v>730001250015</v>
       </c>
-      <c r="D23" s="34" t="s">
-[...17 lines deleted...]
-      <c r="J23" s="29" t="s">
+      <c r="D24" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="E24" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F24" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G24" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H24" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K23" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O23" s="79">
+      <c r="I24" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J24" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K24" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L24" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="M24" s="46">
+        <v>5</v>
+      </c>
+      <c r="N24" s="74">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P23" s="48" t="s">
+      <c r="O24" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P24" s="46"/>
+      <c r="Q24" s="75"/>
+      <c r="R24"/>
+    </row>
+    <row r="25" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B25" s="35">
+        <v>73000125</v>
+      </c>
+      <c r="C25" s="40">
+        <v>730001250016</v>
+      </c>
+      <c r="D25" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="E25" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F25" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G25" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H25" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q23" s="48"/>
-[...42 lines deleted...]
-      <c r="O24" s="79">
+      <c r="I25" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J25" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K25" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L25" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="M25" s="46">
+        <v>5</v>
+      </c>
+      <c r="N25" s="74">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P24" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B25" s="37">
+      <c r="O25" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P25" s="46"/>
+      <c r="Q25" s="75"/>
+      <c r="R25"/>
+    </row>
+    <row r="26" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B26" s="35">
         <v>73000125</v>
       </c>
-      <c r="C25" s="42">
+      <c r="C26" s="40">
         <v>730001250017</v>
       </c>
-      <c r="D25" s="34" t="s">
-[...14 lines deleted...]
-      <c r="I25" s="41" t="s">
+      <c r="D26" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="E26" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F26" s="32" t="s">
+        <v>57</v>
+      </c>
+      <c r="G26" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H26" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I26" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J26" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K26" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L26" s="46" t="s">
         <v>17</v>
       </c>
-      <c r="J25" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O25" s="79">
+      <c r="M26" s="46">
+        <v>5</v>
+      </c>
+      <c r="N26" s="74">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P25" s="48" t="s">
-[...7 lines deleted...]
-      <c r="B26" s="47">
+      <c r="O26" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P26" s="46"/>
+      <c r="Q26" s="75"/>
+      <c r="R26"/>
+    </row>
+    <row r="27" spans="1:18" s="87" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="86"/>
+      <c r="B27" s="45">
         <v>73000412</v>
       </c>
-      <c r="C26" s="38">
+      <c r="C27" s="36">
         <v>730004120010</v>
       </c>
-      <c r="D26" s="46" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="46" t="s">
+      <c r="D27" s="44" t="s">
         <v>179</v>
       </c>
-      <c r="G26" s="48" t="s">
-[...8 lines deleted...]
-      <c r="J26" s="29" t="s">
+      <c r="E27" s="50" t="s">
+        <v>26</v>
+      </c>
+      <c r="F27" s="44" t="s">
+        <v>173</v>
+      </c>
+      <c r="G27" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H27" s="47" t="s">
         <v>13</v>
       </c>
-      <c r="K26" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O26" s="79">
+      <c r="I27" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J27" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K27" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="L27" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M27" s="46">
+        <v>5</v>
+      </c>
+      <c r="N27" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P26" s="48" t="s">
+      <c r="O27" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P27" s="46"/>
+      <c r="Q27" s="75"/>
+    </row>
+    <row r="28" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B28" s="35">
+        <v>73000142</v>
+      </c>
+      <c r="C28" s="40">
+        <v>730001420009</v>
+      </c>
+      <c r="D28" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E28" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F28" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="G28" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H28" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q26" s="48"/>
-[...21 lines deleted...]
-      <c r="H27" s="40" t="s">
+      <c r="I28" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I27" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O27" s="79">
+      <c r="J28" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K28" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L28" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M28" s="46">
+        <v>5</v>
+      </c>
+      <c r="N28" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P27" s="48"/>
-[...7 lines deleted...]
-      <c r="B28" s="19">
+      <c r="O28" s="46"/>
+      <c r="P28" s="46"/>
+      <c r="Q28" s="75" t="s">
+        <v>21</v>
+      </c>
+      <c r="R28"/>
+    </row>
+    <row r="29" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A29" s="43"/>
+      <c r="B29" s="17">
         <v>73000142</v>
       </c>
-      <c r="C28" s="42">
+      <c r="C29" s="40">
         <v>730001420011</v>
       </c>
-      <c r="D28" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H28" s="40" t="s">
+      <c r="D29" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E29" s="37" t="s">
+        <v>82</v>
+      </c>
+      <c r="F29" s="32" t="s">
+        <v>83</v>
+      </c>
+      <c r="G29" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H29" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I29" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J29" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K29" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I28" s="41" t="s">
+      <c r="L29" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="J28" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O28" s="79">
+      <c r="M29" s="46">
+        <v>5</v>
+      </c>
+      <c r="N29" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P28" s="48" t="s">
-[...9 lines deleted...]
-      <c r="B29" s="19">
+      <c r="O29" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P29" s="46"/>
+      <c r="Q29" s="75" t="s">
+        <v>21</v>
+      </c>
+      <c r="R29"/>
+    </row>
+    <row r="30" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A30" s="43"/>
+      <c r="B30" s="17">
         <v>73000177</v>
       </c>
-      <c r="C29" s="42">
+      <c r="C30" s="40">
         <v>730001770009</v>
       </c>
-      <c r="D29" s="34" t="s">
-[...17 lines deleted...]
-      <c r="J29" s="29" t="s">
+      <c r="D30" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E30" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="F30" s="32" t="s">
+        <v>81</v>
+      </c>
+      <c r="G30" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H30" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K29" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O29" s="79">
+      <c r="I30" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J30" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K30" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L30" s="46" t="s">
+        <v>17</v>
+      </c>
+      <c r="M30" s="46">
+        <v>5</v>
+      </c>
+      <c r="N30" s="74">
         <f t="shared" si="0"/>
         <v>46692</v>
       </c>
-      <c r="P29" s="48" t="s">
-[...24 lines deleted...]
-      <c r="H30" s="48" t="s">
+      <c r="O30" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P30" s="46"/>
+      <c r="Q30" s="75"/>
+      <c r="R30"/>
+    </row>
+    <row r="31" spans="1:18" s="55" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="58" t="s">
+        <v>165</v>
+      </c>
+      <c r="C31" s="36" t="s">
+        <v>166</v>
+      </c>
+      <c r="D31" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E31" s="50" t="s">
+        <v>94</v>
+      </c>
+      <c r="F31" s="44" t="s">
+        <v>95</v>
+      </c>
+      <c r="G31" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H31" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="I31" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J31" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K31" s="53" t="s">
         <v>12</v>
       </c>
-      <c r="I30" s="49" t="s">
+      <c r="L31" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="J30" s="58" t="s">
-[...14 lines deleted...]
-      <c r="O30" s="79">
+      <c r="M31" s="46">
+        <v>5</v>
+      </c>
+      <c r="N31" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P30" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B31" s="37">
+      <c r="O31" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P31" s="46"/>
+      <c r="Q31" s="75"/>
+    </row>
+    <row r="32" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B32" s="35">
         <v>73000214</v>
       </c>
-      <c r="C31" s="42">
+      <c r="C32" s="40">
         <v>730002140008</v>
       </c>
-      <c r="D31" s="34" t="s">
-[...17 lines deleted...]
-      <c r="J31" s="29" t="s">
+      <c r="D32" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E32" s="37" t="s">
+        <v>61</v>
+      </c>
+      <c r="F32" s="32" t="s">
+        <v>62</v>
+      </c>
+      <c r="G32" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H32" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K31" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O31" s="79">
+      <c r="I32" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J32" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K32" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L32" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M32" s="46">
+        <v>5</v>
+      </c>
+      <c r="N32" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P31" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B32" s="19">
+      <c r="O32" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P32" s="46"/>
+      <c r="Q32" s="75"/>
+      <c r="R32"/>
+    </row>
+    <row r="33" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B33" s="17">
         <v>73000241</v>
       </c>
-      <c r="C32" s="42">
+      <c r="C33" s="40">
         <v>730002410019</v>
       </c>
-      <c r="D32" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H32" s="40" t="s">
+      <c r="D33" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E33" s="37" t="s">
+        <v>96</v>
+      </c>
+      <c r="F33" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="G33" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H33" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I33" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J33" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I32" s="41" t="s">
+      <c r="K33" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L33" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="J32" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O32" s="79">
+      <c r="M33" s="46">
+        <v>5</v>
+      </c>
+      <c r="N33" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P32" s="48"/>
-[...22 lines deleted...]
-      <c r="H33" s="48" t="s">
+      <c r="O33" s="46"/>
+      <c r="P33" s="46"/>
+      <c r="Q33" s="75"/>
+      <c r="R33"/>
+    </row>
+    <row r="34" spans="1:18" s="55" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B34" s="45" t="s">
+        <v>157</v>
+      </c>
+      <c r="C34" s="36" t="s">
+        <v>158</v>
+      </c>
+      <c r="D34" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E34" s="50" t="s">
+        <v>159</v>
+      </c>
+      <c r="F34" s="44" t="s">
+        <v>97</v>
+      </c>
+      <c r="G34" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H34" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I34" s="53" t="s">
         <v>12</v>
       </c>
-      <c r="I33" s="49" t="s">
-[...17 lines deleted...]
-      <c r="O33" s="79">
+      <c r="J34" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K34" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L34" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M34" s="46">
+        <v>5</v>
+      </c>
+      <c r="N34" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P33" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B34" s="37">
+      <c r="O34" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P34" s="46"/>
+      <c r="Q34" s="75"/>
+    </row>
+    <row r="35" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B35" s="35">
         <v>73000289</v>
       </c>
-      <c r="C34" s="42">
-[...14 lines deleted...]
-      <c r="H34" s="40" t="s">
+      <c r="C35" s="40">
+        <v>730002890009</v>
+      </c>
+      <c r="D35" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E35" s="37" t="s">
+        <v>220</v>
+      </c>
+      <c r="F35" s="32" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H35" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I35" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J35" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K35" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L35" s="74">
+        <v>46143</v>
+      </c>
+      <c r="M35" s="46">
+        <v>5</v>
+      </c>
+      <c r="N35" s="74">
+        <f t="shared" si="0"/>
+        <v>47969</v>
+      </c>
+      <c r="O35" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P35" s="46"/>
+      <c r="Q35" s="75"/>
+      <c r="R35"/>
+    </row>
+    <row r="36" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B36" s="17">
+        <v>73001299</v>
+      </c>
+      <c r="C36" s="40">
+        <v>730012990006</v>
+      </c>
+      <c r="D36" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E36" s="37" t="s">
+        <v>164</v>
+      </c>
+      <c r="F36" s="32" t="s">
+        <v>63</v>
+      </c>
+      <c r="G36" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H36" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I36" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J36" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K36" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I34" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O34" s="79">
+      <c r="L36" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M36" s="46">
+        <v>5</v>
+      </c>
+      <c r="N36" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P34" s="48" t="s">
+      <c r="O36" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P36" s="46"/>
+      <c r="Q36" s="75"/>
+      <c r="R36"/>
+    </row>
+    <row r="37" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A37" s="43"/>
+      <c r="B37" s="17">
+        <v>73001557</v>
+      </c>
+      <c r="C37" s="40">
+        <v>730015570005</v>
+      </c>
+      <c r="D37" s="44" t="s">
+        <v>59</v>
+      </c>
+      <c r="E37" s="37" t="s">
+        <v>191</v>
+      </c>
+      <c r="F37" s="32" t="s">
+        <v>60</v>
+      </c>
+      <c r="G37" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H37" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I37" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J37" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K37" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L37" s="74">
+        <v>46143</v>
+      </c>
+      <c r="M37" s="46">
+        <v>5</v>
+      </c>
+      <c r="N37" s="74">
+        <f t="shared" si="0"/>
+        <v>47969</v>
+      </c>
+      <c r="O37" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P37" s="46"/>
+      <c r="Q37" s="75"/>
+      <c r="R37"/>
+    </row>
+    <row r="38" spans="1:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="A38" s="43"/>
+      <c r="B38" s="17">
+        <v>76000632</v>
+      </c>
+      <c r="C38" s="40">
+        <v>760006320003</v>
+      </c>
+      <c r="D38" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E38" s="37" t="s">
+        <v>89</v>
+      </c>
+      <c r="F38" s="32" t="s">
+        <v>90</v>
+      </c>
+      <c r="G38" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H38" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q34" s="48"/>
-[...24 lines deleted...]
-      <c r="I35" s="41" t="s">
+      <c r="I38" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J38" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K38" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L38" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="J35" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O35" s="79">
+      <c r="M38" s="46">
+        <v>5</v>
+      </c>
+      <c r="N38" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P35" s="48" t="s">
+      <c r="O38" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P38" s="46"/>
+      <c r="Q38" s="75"/>
+      <c r="R38"/>
+    </row>
+    <row r="39" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="A39" s="43"/>
+      <c r="B39" s="35">
+        <v>76000692</v>
+      </c>
+      <c r="C39" s="40">
+        <v>760006920005</v>
+      </c>
+      <c r="D39" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E39" s="37" t="s">
+        <v>205</v>
+      </c>
+      <c r="F39" s="50" t="s">
+        <v>92</v>
+      </c>
+      <c r="G39" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H39" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q35" s="48"/>
-[...25 lines deleted...]
-      <c r="I36" s="41" t="s">
+      <c r="I39" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J39" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K39" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L39" s="46" t="s">
         <v>20</v>
       </c>
-      <c r="J36" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O36" s="79">
+      <c r="M39" s="46">
+        <v>5</v>
+      </c>
+      <c r="N39" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P36" s="48" t="s">
+      <c r="O39" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P39" s="46"/>
+      <c r="Q39" s="75"/>
+      <c r="R39"/>
+    </row>
+    <row r="40" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B40" s="17">
+        <v>76000693</v>
+      </c>
+      <c r="C40" s="40">
+        <v>760006930002</v>
+      </c>
+      <c r="D40" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E40" s="37" t="s">
+        <v>93</v>
+      </c>
+      <c r="F40" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="G40" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H40" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q36" s="48"/>
-[...43 lines deleted...]
-      <c r="O37" s="79">
+      <c r="I40" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J40" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K40" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L40" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M40" s="46">
+        <v>5</v>
+      </c>
+      <c r="N40" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P37" s="48" t="s">
-[...46 lines deleted...]
-      <c r="O38" s="79">
+      <c r="O40" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P40" s="46"/>
+      <c r="Q40" s="75"/>
+      <c r="R40"/>
+    </row>
+    <row r="41" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B41" s="35" t="s">
+        <v>167</v>
+      </c>
+      <c r="C41" s="36" t="s">
+        <v>168</v>
+      </c>
+      <c r="D41" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E41" s="50" t="s">
+        <v>232</v>
+      </c>
+      <c r="F41" s="32" t="s">
+        <v>175</v>
+      </c>
+      <c r="G41" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H41" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I41" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J41" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K41" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L41" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M41" s="46">
+        <v>5</v>
+      </c>
+      <c r="N41" s="74">
+        <f t="shared" ref="N41" si="3">DATE(YEAR(L41)+(M41),MONTH(L41),DAY(L41))</f>
+        <v>46327</v>
+      </c>
+      <c r="O41" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P41" s="46"/>
+      <c r="Q41" s="75"/>
+      <c r="R41"/>
+    </row>
+    <row r="42" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B42" s="35">
+        <v>76000694</v>
+      </c>
+      <c r="C42" s="40">
+        <v>760006940005</v>
+      </c>
+      <c r="D42" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E42" s="50" t="s">
+        <v>233</v>
+      </c>
+      <c r="F42" s="32" t="s">
+        <v>87</v>
+      </c>
+      <c r="G42" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H42" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I42" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J42" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K42" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L42" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M42" s="46">
+        <v>5</v>
+      </c>
+      <c r="N42" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P38" s="48" t="s">
+      <c r="O42" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P42" s="46"/>
+      <c r="Q42" s="75"/>
+      <c r="R42"/>
+    </row>
+    <row r="43" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B43" s="35">
+        <v>76000955</v>
+      </c>
+      <c r="C43" s="40">
+        <v>760009550003</v>
+      </c>
+      <c r="D43" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E43" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F43" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="G43" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H43" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q38" s="48"/>
-[...21 lines deleted...]
-      <c r="H39" s="40" t="s">
+      <c r="I43" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I39" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O39" s="79">
+      <c r="J43" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K43" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L43" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M43" s="46">
+        <v>5</v>
+      </c>
+      <c r="N43" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P39" s="48" t="s">
-[...24 lines deleted...]
-      <c r="H40" s="40" t="s">
+      <c r="O43" s="46"/>
+      <c r="P43" s="46"/>
+      <c r="Q43" s="75" t="s">
+        <v>21</v>
+      </c>
+      <c r="R43"/>
+    </row>
+    <row r="44" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B44" s="35">
+        <v>76000955</v>
+      </c>
+      <c r="C44" s="40">
+        <v>760009550004</v>
+      </c>
+      <c r="D44" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E44" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="F44" s="32" t="s">
+        <v>85</v>
+      </c>
+      <c r="G44" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H44" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I44" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J44" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K44" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I40" s="41" t="s">
-[...67 lines deleted...]
-      <c r="O41" s="79">
+      <c r="L44" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M44" s="46">
+        <v>5</v>
+      </c>
+      <c r="N44" s="74">
         <f t="shared" si="0"/>
         <v>46327</v>
       </c>
-      <c r="P41" s="48" t="s">
-[...33 lines deleted...]
-      <c r="K42" s="31" t="s">
+      <c r="O44" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P44" s="46"/>
+      <c r="Q44" s="75" t="s">
+        <v>21</v>
+      </c>
+      <c r="R44"/>
+    </row>
+    <row r="45" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B45" s="35" t="s">
+        <v>39</v>
+      </c>
+      <c r="C45" s="40" t="s">
+        <v>141</v>
+      </c>
+      <c r="D45" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E45" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="F45" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="G45" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H45" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="L42" s="30" t="s">
+      <c r="I45" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J45" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K45" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L45" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M45" s="13">
+        <v>5</v>
+      </c>
+      <c r="N45" s="21">
+        <f t="shared" ref="N45:N79" si="4">DATE(YEAR(L45)+(M45),MONTH(L45),DAY(L45))</f>
+        <v>46327</v>
+      </c>
+      <c r="O45" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P45" s="13"/>
+      <c r="Q45" s="14"/>
+      <c r="R45"/>
+    </row>
+    <row r="46" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B46" s="17" t="s">
+        <v>40</v>
+      </c>
+      <c r="C46" s="40" t="s">
+        <v>142</v>
+      </c>
+      <c r="D46" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E46" s="37" t="s">
+        <v>100</v>
+      </c>
+      <c r="F46" s="32" t="s">
+        <v>99</v>
+      </c>
+      <c r="G46" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H46" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="M42" s="48" t="s">
-[...37 lines deleted...]
-      <c r="I43" s="41" t="s">
+      <c r="I46" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J46" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K46" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L46" s="13" t="s">
         <v>20</v>
       </c>
-      <c r="J43" s="29" t="s">
-[...116 lines deleted...]
-      <c r="O45" s="23">
+      <c r="M46" s="13">
+        <v>5</v>
+      </c>
+      <c r="N46" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P45" s="14" t="s">
+      <c r="O46" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P46" s="13"/>
+      <c r="Q46" s="14"/>
+      <c r="R46"/>
+    </row>
+    <row r="47" spans="1:18" ht="22.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B47" s="17" t="s">
+        <v>38</v>
+      </c>
+      <c r="C47" s="40" t="s">
+        <v>143</v>
+      </c>
+      <c r="D47" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E47" s="37" t="s">
+        <v>91</v>
+      </c>
+      <c r="F47" s="32" t="s">
+        <v>92</v>
+      </c>
+      <c r="G47" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H47" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q45" s="14"/>
-[...42 lines deleted...]
-      <c r="O46" s="23">
+      <c r="I47" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J47" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K47" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L47" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M47" s="13">
+        <v>5</v>
+      </c>
+      <c r="N47" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P46" s="14" t="s">
+      <c r="O47" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P47" s="13"/>
+      <c r="Q47" s="14"/>
+      <c r="R47"/>
+    </row>
+    <row r="48" spans="1:18" x14ac:dyDescent="0.25">
+      <c r="B48" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="C48" s="40" t="s">
+        <v>144</v>
+      </c>
+      <c r="D48" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E48" s="37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F48" s="32" t="s">
+        <v>86</v>
+      </c>
+      <c r="G48" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H48" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q46" s="14"/>
-[...42 lines deleted...]
-      <c r="O47" s="23">
+      <c r="I48" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J48" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K48" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L48" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M48" s="13">
+        <v>5</v>
+      </c>
+      <c r="N48" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P47" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O48" s="23">
+      <c r="O48" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P48" s="13"/>
+      <c r="Q48" s="14"/>
+      <c r="R48"/>
+    </row>
+    <row r="49" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B49" s="17" t="s">
+        <v>28</v>
+      </c>
+      <c r="C49" s="40" t="s">
+        <v>135</v>
+      </c>
+      <c r="D49" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E49" s="37" t="s">
+        <v>64</v>
+      </c>
+      <c r="F49" s="32" t="s">
+        <v>65</v>
+      </c>
+      <c r="G49" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H49" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I49" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J49" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K49" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L49" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M49" s="13">
+        <v>5</v>
+      </c>
+      <c r="N49" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P48" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O49" s="23">
+      <c r="O49" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P49" s="13"/>
+      <c r="Q49" s="14"/>
+      <c r="R49"/>
+    </row>
+    <row r="50" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B50" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="C50" s="40" t="s">
+        <v>136</v>
+      </c>
+      <c r="D50" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E50" s="37" t="s">
+        <v>66</v>
+      </c>
+      <c r="F50" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="G50" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H50" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I50" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J50" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K50" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L50" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M50" s="13">
+        <v>5</v>
+      </c>
+      <c r="N50" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P49" s="14" t="s">
-[...30 lines deleted...]
-      <c r="J50" s="29" t="s">
+      <c r="O50" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P50" s="13"/>
+      <c r="Q50" s="14"/>
+      <c r="R50"/>
+    </row>
+    <row r="51" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B51" s="17" t="s">
+        <v>29</v>
+      </c>
+      <c r="C51" s="40" t="s">
+        <v>137</v>
+      </c>
+      <c r="D51" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E51" s="37" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" s="32" t="s">
+        <v>67</v>
+      </c>
+      <c r="G51" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H51" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K50" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O50" s="23">
+      <c r="I51" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J51" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K51" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L51" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M51" s="13">
+        <v>5</v>
+      </c>
+      <c r="N51" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P50" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O51" s="23">
+      <c r="O51" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P51" s="13"/>
+      <c r="Q51" s="14"/>
+      <c r="R51"/>
+    </row>
+    <row r="52" spans="2:18" ht="27.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B52" s="17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C52" s="40" t="s">
+        <v>145</v>
+      </c>
+      <c r="D52" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E52" s="37" t="s">
+        <v>68</v>
+      </c>
+      <c r="F52" s="32" t="s">
+        <v>163</v>
+      </c>
+      <c r="G52" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H52" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I52" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J52" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K52" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L52" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M52" s="13">
+        <v>5</v>
+      </c>
+      <c r="N52" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P51" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O52" s="23">
+      <c r="O52" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P52" s="13"/>
+      <c r="Q52" s="14"/>
+      <c r="R52"/>
+    </row>
+    <row r="53" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B53" s="17" t="s">
+        <v>31</v>
+      </c>
+      <c r="C53" s="40" t="s">
+        <v>146</v>
+      </c>
+      <c r="D53" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E53" s="37" t="s">
+        <v>69</v>
+      </c>
+      <c r="F53" s="32" t="s">
+        <v>70</v>
+      </c>
+      <c r="G53" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H53" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I53" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J53" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K53" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L53" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M53" s="13">
+        <v>5</v>
+      </c>
+      <c r="N53" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P52" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O53" s="23">
+      <c r="O53" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P53" s="13"/>
+      <c r="Q53" s="14"/>
+      <c r="R53"/>
+    </row>
+    <row r="54" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B54" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C54" s="40" t="s">
+        <v>147</v>
+      </c>
+      <c r="D54" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E54" s="37" t="s">
+        <v>71</v>
+      </c>
+      <c r="F54" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="G54" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H54" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I54" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J54" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K54" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L54" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M54" s="13">
+        <v>5</v>
+      </c>
+      <c r="N54" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P53" s="14" t="s">
-[...30 lines deleted...]
-      <c r="J54" s="29" t="s">
+      <c r="O54" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P54" s="13"/>
+      <c r="Q54" s="14"/>
+      <c r="R54"/>
+    </row>
+    <row r="55" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B55" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="C55" s="40" t="s">
+        <v>139</v>
+      </c>
+      <c r="D55" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E55" s="37" t="s">
+        <v>71</v>
+      </c>
+      <c r="F55" s="32" t="s">
+        <v>72</v>
+      </c>
+      <c r="G55" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H55" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K54" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O54" s="23">
+      <c r="I55" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J55" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K55" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L55" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M55" s="13">
+        <v>5</v>
+      </c>
+      <c r="N55" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P54" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O55" s="23">
+      <c r="O55" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P55" s="13"/>
+      <c r="Q55" s="14"/>
+      <c r="R55"/>
+    </row>
+    <row r="56" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B56" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="C56" s="40" t="s">
+        <v>148</v>
+      </c>
+      <c r="D56" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E56" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="F56" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G56" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H56" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I56" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J56" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K56" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L56" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M56" s="13">
+        <v>5</v>
+      </c>
+      <c r="N56" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P55" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O56" s="23">
+      <c r="O56" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P56" s="13"/>
+      <c r="Q56" s="14"/>
+      <c r="R56"/>
+    </row>
+    <row r="57" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B57" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="C57" s="40" t="s">
+        <v>149</v>
+      </c>
+      <c r="D57" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E57" s="37" t="s">
+        <v>75</v>
+      </c>
+      <c r="F57" s="32" t="s">
+        <v>76</v>
+      </c>
+      <c r="G57" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H57" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I57" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J57" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K57" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L57" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M57" s="13">
+        <v>5</v>
+      </c>
+      <c r="N57" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P56" s="14" t="s">
-[...45 lines deleted...]
-      <c r="O57" s="23">
+      <c r="O57" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P57" s="13"/>
+      <c r="Q57" s="14"/>
+      <c r="R57"/>
+    </row>
+    <row r="58" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B58" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C58" s="40" t="s">
+        <v>150</v>
+      </c>
+      <c r="D58" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E58" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="F58" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="G58" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H58" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I58" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J58" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K58" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L58" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M58" s="13">
+        <v>5</v>
+      </c>
+      <c r="N58" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P57" s="14" t="s">
-[...30 lines deleted...]
-      <c r="J58" s="29" t="s">
+      <c r="O58" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P58" s="13"/>
+      <c r="Q58" s="14"/>
+      <c r="R58"/>
+    </row>
+    <row r="59" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B59" s="17" t="s">
+        <v>35</v>
+      </c>
+      <c r="C59" s="40" t="s">
+        <v>138</v>
+      </c>
+      <c r="D59" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E59" s="37" t="s">
+        <v>77</v>
+      </c>
+      <c r="F59" s="32" t="s">
+        <v>78</v>
+      </c>
+      <c r="G59" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H59" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K58" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O58" s="23">
+      <c r="I59" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J59" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K59" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L59" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M59" s="13">
+        <v>5</v>
+      </c>
+      <c r="N59" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P58" s="14" t="s">
-[...30 lines deleted...]
-      <c r="J59" s="29" t="s">
+      <c r="O59" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P59" s="13"/>
+      <c r="Q59" s="14"/>
+      <c r="R59"/>
+    </row>
+    <row r="60" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B60" s="17" t="s">
+        <v>36</v>
+      </c>
+      <c r="C60" s="40" t="s">
+        <v>151</v>
+      </c>
+      <c r="D60" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E60" s="37" t="s">
+        <v>79</v>
+      </c>
+      <c r="F60" s="32" t="s">
+        <v>74</v>
+      </c>
+      <c r="G60" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H60" s="39" t="s">
         <v>13</v>
       </c>
-      <c r="K59" s="31" t="s">
-[...11 lines deleted...]
-      <c r="O59" s="23">
+      <c r="I60" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J60" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K60" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L60" s="13" t="s">
+        <v>20</v>
+      </c>
+      <c r="M60" s="13">
+        <v>5</v>
+      </c>
+      <c r="N60" s="21">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P59" s="14" t="s">
-[...24 lines deleted...]
-      <c r="H60" s="40" t="s">
+      <c r="O60" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P60" s="13"/>
+      <c r="Q60" s="14"/>
+      <c r="R60"/>
+    </row>
+    <row r="61" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B61" s="45" t="s">
+        <v>154</v>
+      </c>
+      <c r="C61" s="46" t="s">
+        <v>155</v>
+      </c>
+      <c r="D61" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E61" s="37" t="s">
+        <v>153</v>
+      </c>
+      <c r="F61" s="32" t="s">
+        <v>152</v>
+      </c>
+      <c r="G61" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H61" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I61" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I60" s="49" t="s">
-[...11 lines deleted...]
-      <c r="M60" s="43">
+      <c r="J61" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K61" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L61" s="41">
         <v>45231</v>
       </c>
-      <c r="N60" s="48">
-[...2 lines deleted...]
-      <c r="O60" s="43">
+      <c r="M61" s="46">
+        <v>5</v>
+      </c>
+      <c r="N61" s="41">
         <f t="shared" si="4"/>
         <v>47058</v>
       </c>
-      <c r="P60" s="40" t="s">
-[...24 lines deleted...]
-      <c r="H61" s="40" t="s">
+      <c r="O61" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P61" s="38"/>
+      <c r="Q61" s="42"/>
+      <c r="R61"/>
+    </row>
+    <row r="62" spans="2:18" s="43" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B62" s="45" t="s">
+        <v>171</v>
+      </c>
+      <c r="C62" s="36" t="s">
+        <v>172</v>
+      </c>
+      <c r="D62" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E62" s="61" t="s">
+        <v>170</v>
+      </c>
+      <c r="F62" s="32" t="s">
+        <v>95</v>
+      </c>
+      <c r="G62" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H62" s="62"/>
+      <c r="I62" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I61" s="65"/>
-[...9 lines deleted...]
-      <c r="M61" s="73">
+      <c r="J62" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="K62" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L62" s="68">
         <v>45597</v>
       </c>
-      <c r="N61" s="74">
-[...3 lines deleted...]
-        <f>DATE(YEAR(M61)+(N61),MONTH(M61),DAY(M61))</f>
+      <c r="M62" s="69">
+        <v>5</v>
+      </c>
+      <c r="N62" s="68">
+        <f>DATE(YEAR(L62)+(M62),MONTH(L62),DAY(L62))</f>
         <v>47423</v>
       </c>
-      <c r="P61" s="74"/>
-[...24 lines deleted...]
-      <c r="H62" s="48" t="s">
+      <c r="O62" s="69"/>
+      <c r="P62" s="38" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q62" s="70"/>
+    </row>
+    <row r="63" spans="2:18" s="81" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B63" s="45" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63" s="45" t="s">
+        <v>190</v>
+      </c>
+      <c r="D63" s="44" t="s">
+        <v>58</v>
+      </c>
+      <c r="E63" s="50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F63" s="44" t="s">
+        <v>182</v>
+      </c>
+      <c r="G63" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H63" s="47" t="s">
+        <v>18</v>
+      </c>
+      <c r="I63" s="53" t="s">
         <v>12</v>
       </c>
-      <c r="I62" s="49" t="s">
-[...11 lines deleted...]
-      <c r="M62" s="54">
+      <c r="J63" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K63" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L63" s="52">
         <v>45778</v>
       </c>
-      <c r="N62" s="48">
-[...3 lines deleted...]
-        <f t="shared" ref="O62" si="5">DATE(YEAR(M62)+(N62),MONTH(M62),DAY(M62))</f>
+      <c r="M63" s="46">
+        <v>5</v>
+      </c>
+      <c r="N63" s="52">
+        <f t="shared" ref="N63" si="5">DATE(YEAR(L63)+(M63),MONTH(L63),DAY(L63))</f>
         <v>47604</v>
       </c>
-      <c r="P62" s="48" t="s">
-[...24 lines deleted...]
-      <c r="H63" s="40" t="s">
+      <c r="O63" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P63" s="76"/>
+      <c r="Q63" s="82"/>
+    </row>
+    <row r="64" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B64" s="45" t="s">
+        <v>41</v>
+      </c>
+      <c r="C64" s="36" t="s">
+        <v>140</v>
+      </c>
+      <c r="D64" s="44" t="s">
+        <v>101</v>
+      </c>
+      <c r="E64" s="37" t="s">
+        <v>102</v>
+      </c>
+      <c r="F64" s="32" t="s">
+        <v>103</v>
+      </c>
+      <c r="G64" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H64" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I64" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J64" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K64" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I63" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O63" s="43">
+      <c r="L64" s="38" t="s">
+        <v>19</v>
+      </c>
+      <c r="M64" s="38">
+        <v>5</v>
+      </c>
+      <c r="N64" s="41">
         <f t="shared" si="4"/>
         <v>46874</v>
       </c>
-      <c r="P63" s="40" t="s">
+      <c r="O64" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P64" s="38" t="s">
+        <v>22</v>
+      </c>
+      <c r="Q64" s="42"/>
+      <c r="R64"/>
+    </row>
+    <row r="65" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B65" s="45">
+        <v>76000976</v>
+      </c>
+      <c r="C65" s="36">
+        <v>760009760002</v>
+      </c>
+      <c r="D65" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E65" s="37" t="s">
+        <v>106</v>
+      </c>
+      <c r="F65" s="32" t="s">
+        <v>107</v>
+      </c>
+      <c r="G65" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H65" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q63" s="40" t="s">
-[...44 lines deleted...]
-      <c r="O64" s="79">
+      <c r="I65" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J65" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K65" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L65" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M65" s="46">
+        <v>5</v>
+      </c>
+      <c r="N65" s="74">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P64" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B65" s="37">
+      <c r="O65" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P65" s="46"/>
+      <c r="Q65" s="42"/>
+      <c r="R65"/>
+    </row>
+    <row r="66" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B66" s="35">
         <v>76000977</v>
       </c>
-      <c r="C65" s="63">
+      <c r="C66" s="60">
         <v>760009770002</v>
       </c>
-      <c r="D65" s="34" t="s">
-[...26 lines deleted...]
-      <c r="M65" s="77">
+      <c r="D66" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E66" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="F66" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="G66" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H66" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="I66" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J66" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K66" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L66" s="72">
         <v>45597</v>
       </c>
-      <c r="N65" s="78">
-[...2 lines deleted...]
-      <c r="O65" s="77">
+      <c r="M66" s="73">
+        <v>5</v>
+      </c>
+      <c r="N66" s="72">
         <f t="shared" si="4"/>
         <v>47423</v>
       </c>
-      <c r="P65" s="48" t="s">
+      <c r="O66" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P66" s="73"/>
+      <c r="Q66" s="71"/>
+      <c r="R66"/>
+    </row>
+    <row r="67" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B67" s="35">
+        <v>76000977</v>
+      </c>
+      <c r="C67" s="40">
+        <v>760009770001</v>
+      </c>
+      <c r="D67" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E67" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="F67" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="G67" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H67" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q65" s="78"/>
-[...42 lines deleted...]
-      <c r="O66" s="79">
+      <c r="I67" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J67" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K67" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L67" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M67" s="46">
+        <v>5</v>
+      </c>
+      <c r="N67" s="74">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P66" s="48" t="s">
+      <c r="O67" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P67" s="46"/>
+      <c r="Q67" s="42"/>
+      <c r="R67"/>
+    </row>
+    <row r="68" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B68" s="35">
+        <v>76000978</v>
+      </c>
+      <c r="C68" s="40">
+        <v>760009780002</v>
+      </c>
+      <c r="D68" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E68" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F68" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G68" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H68" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q66" s="48"/>
-[...42 lines deleted...]
-      <c r="O67" s="79">
+      <c r="I68" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J68" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K68" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L68" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M68" s="46">
+        <v>5</v>
+      </c>
+      <c r="N68" s="74">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P67" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B68" s="37">
+      <c r="O68" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P68" s="46"/>
+      <c r="Q68" s="42"/>
+      <c r="R68"/>
+    </row>
+    <row r="69" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B69" s="35">
         <v>76000978</v>
       </c>
-      <c r="C68" s="38">
+      <c r="C69" s="36">
         <v>760009780003</v>
       </c>
-      <c r="D68" s="34" t="s">
-[...26 lines deleted...]
-      <c r="M68" s="43">
+      <c r="D69" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E69" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F69" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G69" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H69" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I69" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J69" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K69" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L69" s="41">
         <v>45231</v>
       </c>
-      <c r="N68" s="40">
-[...2 lines deleted...]
-      <c r="O68" s="43">
+      <c r="M69" s="38">
+        <v>5</v>
+      </c>
+      <c r="N69" s="41">
         <f t="shared" si="4"/>
         <v>47058</v>
       </c>
-      <c r="P68" s="40" t="s">
+      <c r="O69" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P69" s="38"/>
+      <c r="Q69" s="42"/>
+      <c r="R69"/>
+    </row>
+    <row r="70" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B70" s="35">
+        <v>76000979</v>
+      </c>
+      <c r="C70" s="40">
+        <v>760009790001</v>
+      </c>
+      <c r="D70" s="44" t="s">
+        <v>104</v>
+      </c>
+      <c r="E70" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="F70" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G70" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H70" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q68" s="40"/>
-[...42 lines deleted...]
-      <c r="O69" s="43">
+      <c r="I70" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J70" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K70" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L70" s="38" t="s">
+        <v>20</v>
+      </c>
+      <c r="M70" s="38">
+        <v>5</v>
+      </c>
+      <c r="N70" s="41">
         <f t="shared" si="4"/>
         <v>46327</v>
       </c>
-      <c r="P69" s="40" t="s">
-[...6 lines deleted...]
-      <c r="B70" s="37">
+      <c r="O70" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P70" s="38"/>
+      <c r="Q70" s="42"/>
+      <c r="R70"/>
+    </row>
+    <row r="71" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B71" s="35">
         <v>76000954</v>
       </c>
-      <c r="C70" s="42">
+      <c r="C71" s="40">
         <v>760009540002</v>
       </c>
-      <c r="D70" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H70" s="40" t="s">
+      <c r="D71" s="44" t="s">
+        <v>113</v>
+      </c>
+      <c r="E71" s="37" t="s">
+        <v>114</v>
+      </c>
+      <c r="F71" s="32" t="s">
+        <v>115</v>
+      </c>
+      <c r="G71" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H71" s="39" t="s">
+        <v>18</v>
+      </c>
+      <c r="I71" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J71" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K71" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I70" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O70" s="43">
+      <c r="L71" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="M71" s="38">
+        <v>5</v>
+      </c>
+      <c r="N71" s="41">
         <f t="shared" si="4"/>
         <v>46692</v>
       </c>
-      <c r="P70" s="40" t="s">
-[...24 lines deleted...]
-      <c r="H71" s="48" t="s">
+      <c r="O71" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P71" s="38"/>
+      <c r="Q71" s="42"/>
+      <c r="R71"/>
+    </row>
+    <row r="72" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B72" s="45" t="s">
+        <v>197</v>
+      </c>
+      <c r="C72" s="36" t="s">
+        <v>198</v>
+      </c>
+      <c r="D72" s="44" t="s">
+        <v>116</v>
+      </c>
+      <c r="E72" s="50" t="s">
+        <v>117</v>
+      </c>
+      <c r="F72" s="44" t="s">
+        <v>118</v>
+      </c>
+      <c r="G72" s="46" t="s">
+        <v>10</v>
+      </c>
+      <c r="H72" s="88" t="s">
+        <v>15</v>
+      </c>
+      <c r="I72" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J72" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K72" s="53" t="s">
         <v>12</v>
       </c>
-      <c r="I71" s="93" t="s">
-[...11 lines deleted...]
-      <c r="M71" s="54">
+      <c r="L72" s="52">
         <v>45962</v>
       </c>
-      <c r="N71" s="55">
-[...3 lines deleted...]
-        <f>DATE(YEAR(M71)+(N71),MONTH(M71),DAY(M71))</f>
+      <c r="M72" s="53">
+        <v>5</v>
+      </c>
+      <c r="N72" s="52">
+        <f>DATE(YEAR(L72)+(M72),MONTH(L72),DAY(L72))</f>
         <v>47788</v>
       </c>
-      <c r="P71" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B72" s="37">
+      <c r="O72" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P72" s="53"/>
+      <c r="Q72" s="54"/>
+      <c r="R72"/>
+    </row>
+    <row r="73" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B73" s="35">
         <v>76000695</v>
       </c>
-      <c r="C72" s="42" t="s">
-[...14 lines deleted...]
-      <c r="H72" s="40" t="s">
+      <c r="C73" s="40" t="s">
+        <v>192</v>
+      </c>
+      <c r="D73" s="44" t="s">
+        <v>119</v>
+      </c>
+      <c r="E73" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F73" s="44" t="s">
+        <v>174</v>
+      </c>
+      <c r="G73" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H73" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I73" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I72" s="41" t="s">
-[...11 lines deleted...]
-      <c r="M72" s="43">
+      <c r="J73" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K73" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L73" s="41">
         <v>45597</v>
       </c>
-      <c r="N72" s="40">
-[...2 lines deleted...]
-      <c r="O72" s="43">
+      <c r="M73" s="38">
+        <v>5</v>
+      </c>
+      <c r="N73" s="41">
         <f t="shared" si="4"/>
         <v>47423</v>
       </c>
-      <c r="P72" s="40" t="s">
+      <c r="O73" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P73" s="38"/>
+      <c r="Q73" s="42"/>
+      <c r="R73"/>
+    </row>
+    <row r="74" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B74" s="35">
+        <v>76000695</v>
+      </c>
+      <c r="C74" s="40" t="s">
+        <v>193</v>
+      </c>
+      <c r="D74" s="44" t="s">
+        <v>119</v>
+      </c>
+      <c r="E74" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74" s="44" t="s">
+        <v>174</v>
+      </c>
+      <c r="G74" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H74" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q72" s="40"/>
-[...3 lines deleted...]
-      <c r="B73" s="37">
+      <c r="I74" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J74" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K74" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L74" s="41">
+        <v>45597</v>
+      </c>
+      <c r="M74" s="38">
+        <v>5</v>
+      </c>
+      <c r="N74" s="41">
+        <f t="shared" si="4"/>
+        <v>47423</v>
+      </c>
+      <c r="O74" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P74" s="38"/>
+      <c r="Q74" s="42"/>
+      <c r="R74"/>
+    </row>
+    <row r="75" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B75" s="35">
         <v>76000695</v>
       </c>
-      <c r="C73" s="42" t="s">
-[...14 lines deleted...]
-      <c r="H73" s="40" t="s">
+      <c r="C75" s="40" t="s">
+        <v>194</v>
+      </c>
+      <c r="D75" s="44" t="s">
+        <v>119</v>
+      </c>
+      <c r="E75" s="37" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75" s="44" t="s">
+        <v>174</v>
+      </c>
+      <c r="G75" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H75" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I75" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I73" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O73" s="43">
+      <c r="J75" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K75" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L75" s="41">
+        <v>45597</v>
+      </c>
+      <c r="M75" s="38">
+        <v>5</v>
+      </c>
+      <c r="N75" s="41">
         <f t="shared" si="4"/>
-        <v>47424</v>
-[...26 lines deleted...]
-      <c r="H74" s="40" t="s">
+        <v>47423</v>
+      </c>
+      <c r="O75" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P75" s="38"/>
+      <c r="Q75" s="42"/>
+      <c r="R75"/>
+    </row>
+    <row r="76" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B76" s="35">
+        <v>76000895</v>
+      </c>
+      <c r="C76" s="40">
+        <v>760008950007</v>
+      </c>
+      <c r="D76" s="44" t="s">
+        <v>120</v>
+      </c>
+      <c r="E76" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F76" s="44" t="s">
+        <v>199</v>
+      </c>
+      <c r="G76" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H76" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I76" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I74" s="41" t="s">
-[...46 lines deleted...]
-      <c r="H75" s="40" t="s">
+      <c r="J76" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K76" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I75" s="41" t="s">
-[...11 lines deleted...]
-      <c r="M75" s="79">
+      <c r="L76" s="74">
         <v>45962</v>
       </c>
-      <c r="N75" s="48">
-[...2 lines deleted...]
-      <c r="O75" s="79">
+      <c r="M76" s="46">
+        <v>5</v>
+      </c>
+      <c r="N76" s="74">
         <f t="shared" si="4"/>
         <v>47788</v>
       </c>
-      <c r="P75" s="40" t="s">
+      <c r="O76" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P76" s="38"/>
+      <c r="Q76" s="42"/>
+      <c r="R76"/>
+    </row>
+    <row r="77" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B77" s="35">
+        <v>76000895</v>
+      </c>
+      <c r="C77" s="36">
+        <v>760008950008</v>
+      </c>
+      <c r="D77" s="44" t="s">
+        <v>120</v>
+      </c>
+      <c r="E77" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F77" s="44" t="s">
+        <v>199</v>
+      </c>
+      <c r="G77" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H77" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I77" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J77" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K77" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L77" s="74">
+        <v>45962</v>
+      </c>
+      <c r="M77" s="46">
+        <v>5</v>
+      </c>
+      <c r="N77" s="74">
+        <f t="shared" ref="N77:N78" si="6">DATE(YEAR(L77)+(M77),MONTH(L77),DAY(L77))</f>
+        <v>47788</v>
+      </c>
+      <c r="O77" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P77" s="38"/>
+      <c r="Q77" s="42"/>
+      <c r="R77"/>
+    </row>
+    <row r="78" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B78" s="35">
+        <v>76000895</v>
+      </c>
+      <c r="C78" s="36">
+        <v>760008950009</v>
+      </c>
+      <c r="D78" s="44" t="s">
+        <v>120</v>
+      </c>
+      <c r="E78" s="37" t="s">
+        <v>26</v>
+      </c>
+      <c r="F78" s="44" t="s">
+        <v>199</v>
+      </c>
+      <c r="G78" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H78" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q75" s="40"/>
-[...21 lines deleted...]
-      <c r="H76" s="40" t="s">
+      <c r="I78" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I76" s="41" t="s">
-[...11 lines deleted...]
-      <c r="M76" s="79">
+      <c r="J78" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K78" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L78" s="74">
         <v>45962</v>
       </c>
-      <c r="N76" s="48">
-[...52 lines deleted...]
-      <c r="O77" s="79">
+      <c r="M78" s="46">
+        <v>5</v>
+      </c>
+      <c r="N78" s="74">
         <f t="shared" si="6"/>
         <v>47788</v>
       </c>
-      <c r="P77" s="40" t="s">
-[...6 lines deleted...]
-      <c r="B78" s="37">
+      <c r="O78" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P78" s="38"/>
+      <c r="Q78" s="42"/>
+      <c r="R78"/>
+    </row>
+    <row r="79" spans="2:18" ht="76.5" x14ac:dyDescent="0.25">
+      <c r="B79" s="35">
         <v>76000288</v>
       </c>
-      <c r="C78" s="42">
+      <c r="C79" s="40">
         <v>760002880005</v>
       </c>
-      <c r="D78" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H78" s="40" t="s">
+      <c r="D79" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="E79" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F79" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="G79" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H79" s="39" t="s">
+        <v>13</v>
+      </c>
+      <c r="I79" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I78" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O78" s="43">
+      <c r="J79" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K79" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L79" s="38" t="s">
+        <v>17</v>
+      </c>
+      <c r="M79" s="38">
+        <v>5</v>
+      </c>
+      <c r="N79" s="41">
         <f t="shared" si="4"/>
         <v>46692</v>
       </c>
-      <c r="P78" s="40" t="s">
-[...6 lines deleted...]
-      <c r="B79" s="37">
+      <c r="O79" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P79" s="38"/>
+      <c r="Q79" s="42"/>
+      <c r="R79"/>
+    </row>
+    <row r="80" spans="2:18" ht="76.5" x14ac:dyDescent="0.25">
+      <c r="B80" s="35">
         <v>76000288</v>
       </c>
-      <c r="C79" s="42">
+      <c r="C80" s="40">
         <v>760002880006</v>
       </c>
-      <c r="D79" s="34" t="s">
-[...11 lines deleted...]
-      <c r="H79" s="40" t="s">
+      <c r="D80" s="44" t="s">
+        <v>121</v>
+      </c>
+      <c r="E80" s="37" t="s">
+        <v>122</v>
+      </c>
+      <c r="F80" s="32" t="s">
+        <v>123</v>
+      </c>
+      <c r="G80" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H80" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I80" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I79" s="41" t="s">
+      <c r="J80" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K80" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L80" s="38" t="s">
         <v>17</v>
       </c>
-      <c r="J79" s="14" t="s">
-[...15 lines deleted...]
-        <f t="shared" ref="O79:O92" si="7">DATE(YEAR(M79)+(N79),MONTH(M79),DAY(M79))</f>
+      <c r="M80" s="38">
+        <v>5</v>
+      </c>
+      <c r="N80" s="41">
+        <f t="shared" ref="N80:N93" si="7">DATE(YEAR(L80)+(M80),MONTH(L80),DAY(L80))</f>
         <v>46692</v>
       </c>
-      <c r="P79" s="40" t="s">
-[...6 lines deleted...]
-      <c r="B80" s="47">
+      <c r="O80" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P80" s="38"/>
+      <c r="Q80" s="42"/>
+      <c r="R80"/>
+    </row>
+    <row r="81" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B81" s="45">
         <v>73000545</v>
       </c>
-      <c r="C80" s="38">
+      <c r="C81" s="36">
         <v>730005450006</v>
       </c>
-      <c r="D80" s="46" t="s">
-[...26 lines deleted...]
-      <c r="M80" s="79">
+      <c r="D81" s="44" t="s">
+        <v>124</v>
+      </c>
+      <c r="E81" s="50" t="s">
+        <v>27</v>
+      </c>
+      <c r="F81" s="44" t="s">
+        <v>189</v>
+      </c>
+      <c r="G81" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H81" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I81" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J81" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K81" s="59" t="s">
+        <v>11</v>
+      </c>
+      <c r="L81" s="74">
         <v>45778</v>
       </c>
-      <c r="N80" s="48">
+      <c r="M81" s="46">
         <v>1</v>
       </c>
-      <c r="O80" s="79">
+      <c r="N81" s="74">
         <f t="shared" si="7"/>
         <v>46143</v>
       </c>
-      <c r="P80" s="40" t="s">
+      <c r="O81" s="38" t="s">
+        <v>14</v>
+      </c>
+      <c r="P81" s="80"/>
+      <c r="Q81" s="84"/>
+      <c r="R81"/>
+    </row>
+    <row r="82" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B82" s="17">
+        <v>73000521</v>
+      </c>
+      <c r="C82" s="36">
+        <v>730005210008</v>
+      </c>
+      <c r="D82" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E82" s="18" t="s">
+        <v>105</v>
+      </c>
+      <c r="F82" s="103" t="s">
+        <v>216</v>
+      </c>
+      <c r="G82" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H82" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="I82" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J82" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K82" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="L82" s="21">
+        <v>46143</v>
+      </c>
+      <c r="M82" s="13">
+        <v>5</v>
+      </c>
+      <c r="N82" s="21">
+        <f t="shared" si="7"/>
+        <v>47969</v>
+      </c>
+      <c r="O82" s="13" t="s">
+        <v>14</v>
+      </c>
+      <c r="P82" s="13"/>
+      <c r="Q82" s="14"/>
+      <c r="R82"/>
+    </row>
+    <row r="83" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B83" s="17">
+        <v>76000897</v>
+      </c>
+      <c r="C83" s="36">
+        <v>760008970002</v>
+      </c>
+      <c r="D83" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E83" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="F83" s="16" t="s">
+        <v>107</v>
+      </c>
+      <c r="G83" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="H83" s="26" t="s">
         <v>16</v>
       </c>
-      <c r="Q80" s="85"/>
-[...24 lines deleted...]
-      <c r="I81" s="28" t="s">
+      <c r="I83" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J83" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K83" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L83" s="53" t="s">
         <v>20</v>
       </c>
-      <c r="J81" s="29" t="s">
-[...14 lines deleted...]
-      <c r="O81" s="23">
+      <c r="M83" s="53">
+        <v>5</v>
+      </c>
+      <c r="N83" s="52">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P81" s="14" t="s">
+      <c r="O83" s="53" t="s">
+        <v>14</v>
+      </c>
+      <c r="P83" s="13"/>
+      <c r="Q83" s="14"/>
+      <c r="R83"/>
+    </row>
+    <row r="84" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B84" s="35">
+        <v>76000898</v>
+      </c>
+      <c r="C84" s="60" t="s">
+        <v>214</v>
+      </c>
+      <c r="D84" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E84" s="37" t="s">
+        <v>169</v>
+      </c>
+      <c r="F84" s="44" t="s">
+        <v>215</v>
+      </c>
+      <c r="G84" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H84" s="63" t="s">
+        <v>15</v>
+      </c>
+      <c r="I84" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J84" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K84" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L84" s="72">
+        <v>45597</v>
+      </c>
+      <c r="M84" s="73">
+        <v>5</v>
+      </c>
+      <c r="N84" s="72">
+        <f t="shared" ref="N84" si="8">DATE(YEAR(L84)+(M84),MONTH(L84),DAY(L84))</f>
+        <v>47423</v>
+      </c>
+      <c r="O84" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P84" s="66"/>
+      <c r="Q84" s="71"/>
+      <c r="R84"/>
+    </row>
+    <row r="85" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B85" s="35">
+        <v>76000898</v>
+      </c>
+      <c r="C85" s="36">
+        <v>760008980002</v>
+      </c>
+      <c r="D85" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E85" s="37" t="s">
+        <v>108</v>
+      </c>
+      <c r="F85" s="32" t="s">
+        <v>109</v>
+      </c>
+      <c r="G85" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H85" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q81" s="14"/>
-[...42 lines deleted...]
-      <c r="O82" s="54">
+      <c r="I85" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J85" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K85" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L85" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M85" s="46">
+        <v>5</v>
+      </c>
+      <c r="N85" s="74">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P82" s="55" t="s">
+      <c r="O85" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P85" s="38"/>
+      <c r="Q85" s="42"/>
+      <c r="R85"/>
+    </row>
+    <row r="86" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B86" s="35">
+        <v>76000899</v>
+      </c>
+      <c r="C86" s="36">
+        <v>760008990002</v>
+      </c>
+      <c r="D86" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E86" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F86" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G86" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H86" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q82" s="14"/>
-[...92 lines deleted...]
-      <c r="O84" s="79">
+      <c r="I86" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J86" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K86" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L86" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M86" s="46">
+        <v>5</v>
+      </c>
+      <c r="N86" s="74">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P84" s="48" t="s">
+      <c r="O86" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P86" s="38"/>
+      <c r="Q86" s="42"/>
+      <c r="R86"/>
+    </row>
+    <row r="87" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B87" s="35">
+        <v>76000899</v>
+      </c>
+      <c r="C87" s="36">
+        <v>760008990003</v>
+      </c>
+      <c r="D87" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E87" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="F87" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G87" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H87" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I87" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J87" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K87" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L87" s="74">
+        <v>45231</v>
+      </c>
+      <c r="M87" s="46">
+        <v>5</v>
+      </c>
+      <c r="N87" s="74">
+        <f t="shared" si="7"/>
+        <v>47058</v>
+      </c>
+      <c r="O87" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P87" s="38"/>
+      <c r="Q87" s="42"/>
+      <c r="R87"/>
+    </row>
+    <row r="88" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B88" s="35">
+        <v>76000900</v>
+      </c>
+      <c r="C88" s="36">
+        <v>760009000001</v>
+      </c>
+      <c r="D88" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E88" s="37" t="s">
+        <v>125</v>
+      </c>
+      <c r="F88" s="32" t="s">
+        <v>126</v>
+      </c>
+      <c r="G88" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H88" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q84" s="40"/>
-[...21 lines deleted...]
-      <c r="H85" s="40" t="s">
+      <c r="I88" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I85" s="41" t="s">
-[...17 lines deleted...]
-      <c r="O85" s="79">
+      <c r="J88" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K88" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L88" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M88" s="46">
+        <v>5</v>
+      </c>
+      <c r="N88" s="74">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P85" s="48" t="s">
+      <c r="O88" s="46"/>
+      <c r="P88" s="38"/>
+      <c r="Q88" s="42" t="s">
+        <v>21</v>
+      </c>
+      <c r="R88"/>
+    </row>
+    <row r="89" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B89" s="35">
+        <v>76000952</v>
+      </c>
+      <c r="C89" s="36">
+        <v>760009520002</v>
+      </c>
+      <c r="D89" s="44" t="s">
+        <v>156</v>
+      </c>
+      <c r="E89" s="37" t="s">
+        <v>112</v>
+      </c>
+      <c r="F89" s="32" t="s">
+        <v>111</v>
+      </c>
+      <c r="G89" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H89" s="39" t="s">
         <v>16</v>
       </c>
-      <c r="Q85" s="40"/>
-[...92 lines deleted...]
-      <c r="O87" s="79">
+      <c r="I89" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J89" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K89" s="28" t="s">
+        <v>11</v>
+      </c>
+      <c r="L89" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M89" s="46">
+        <v>5</v>
+      </c>
+      <c r="N89" s="74">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P87" s="48"/>
-[...45 lines deleted...]
-      <c r="O88" s="79">
+      <c r="O89" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P89" s="38"/>
+      <c r="Q89" s="42"/>
+      <c r="R89"/>
+    </row>
+    <row r="90" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B90" s="64">
+        <v>76000953</v>
+      </c>
+      <c r="C90" s="60">
+        <v>760009530003</v>
+      </c>
+      <c r="D90" s="98" t="s">
+        <v>156</v>
+      </c>
+      <c r="E90" s="65" t="s">
+        <v>127</v>
+      </c>
+      <c r="F90" s="48" t="s">
+        <v>128</v>
+      </c>
+      <c r="G90" s="66" t="s">
+        <v>10</v>
+      </c>
+      <c r="H90" s="67" t="s">
+        <v>15</v>
+      </c>
+      <c r="I90" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="J90" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="K90" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="L90" s="73" t="s">
+        <v>20</v>
+      </c>
+      <c r="M90" s="73">
+        <v>5</v>
+      </c>
+      <c r="N90" s="72">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P88" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B89" s="67">
+      <c r="O90" s="73" t="s">
+        <v>14</v>
+      </c>
+      <c r="P90" s="66"/>
+      <c r="Q90" s="71"/>
+      <c r="R90"/>
+    </row>
+    <row r="91" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B91" s="64">
         <v>76000953</v>
       </c>
-      <c r="C89" s="68">
-[...20 lines deleted...]
-      <c r="J89" s="35" t="s">
+      <c r="C91" s="110">
+        <v>760009530004</v>
+      </c>
+      <c r="D91" s="98" t="s">
+        <v>156</v>
+      </c>
+      <c r="E91" s="65" t="s">
+        <v>127</v>
+      </c>
+      <c r="F91" s="48" t="s">
+        <v>128</v>
+      </c>
+      <c r="G91" s="66" t="s">
+        <v>10</v>
+      </c>
+      <c r="H91" s="67" t="s">
         <v>13</v>
       </c>
-      <c r="K89" s="32" t="s">
-[...11 lines deleted...]
-      <c r="O89" s="77">
+      <c r="I91" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="J91" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="K91" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="L91" s="73" t="s">
+        <v>20</v>
+      </c>
+      <c r="M91" s="73">
+        <v>5</v>
+      </c>
+      <c r="N91" s="72">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P89" s="78" t="s">
-[...18 lines deleted...]
-      <c r="F90" s="50" t="s">
+      <c r="O91" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P91" s="66"/>
+      <c r="Q91" s="71"/>
+      <c r="R91"/>
+    </row>
+    <row r="92" spans="2:18" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B92" s="35">
+        <v>73001270</v>
+      </c>
+      <c r="C92" s="110">
+        <v>730012700002</v>
+      </c>
+      <c r="D92" s="44" t="s">
+        <v>129</v>
+      </c>
+      <c r="E92" s="37" t="s">
         <v>132</v>
       </c>
-      <c r="G90" s="70" t="s">
-[...2 lines deleted...]
-      <c r="H90" s="70" t="s">
+      <c r="F92" s="44" t="s">
+        <v>86</v>
+      </c>
+      <c r="G92" s="38" t="s">
+        <v>10</v>
+      </c>
+      <c r="H92" s="67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I92" s="27" t="s">
+        <v>11</v>
+      </c>
+      <c r="J92" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K92" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="I90" s="71" t="s">
-[...17 lines deleted...]
-      <c r="O90" s="77">
+      <c r="L92" s="46" t="s">
+        <v>20</v>
+      </c>
+      <c r="M92" s="46">
+        <v>5</v>
+      </c>
+      <c r="N92" s="72">
         <f t="shared" si="7"/>
         <v>46327</v>
       </c>
-      <c r="P90" s="48" t="s">
-[...24 lines deleted...]
-      <c r="H91" s="40" t="s">
+      <c r="O92" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P92" s="38"/>
+      <c r="Q92" s="42"/>
+      <c r="R92"/>
+    </row>
+    <row r="93" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B93" s="64">
+        <v>73001274</v>
+      </c>
+      <c r="C93" s="110">
+        <v>730012740003</v>
+      </c>
+      <c r="D93" s="98" t="s">
+        <v>129</v>
+      </c>
+      <c r="E93" s="65" t="s">
+        <v>130</v>
+      </c>
+      <c r="F93" s="48" t="s">
+        <v>131</v>
+      </c>
+      <c r="G93" s="66" t="s">
+        <v>10</v>
+      </c>
+      <c r="H93" s="67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I93" s="33" t="s">
+        <v>11</v>
+      </c>
+      <c r="J93" s="30" t="s">
+        <v>11</v>
+      </c>
+      <c r="K93" s="15" t="s">
         <v>12</v>
       </c>
-      <c r="I91" s="71" t="s">
-[...67 lines deleted...]
-      <c r="O92" s="77">
+      <c r="L93" s="73" t="s">
+        <v>17</v>
+      </c>
+      <c r="M93" s="73">
+        <v>5</v>
+      </c>
+      <c r="N93" s="72">
         <f t="shared" si="7"/>
         <v>46692</v>
       </c>
-      <c r="P92" s="48" t="s">
-[...6 lines deleted...]
-      <c r="B93" s="94" t="s">
+      <c r="O93" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P93" s="66"/>
+      <c r="Q93" s="71"/>
+      <c r="R93"/>
+    </row>
+    <row r="94" spans="2:18" s="85" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B94" s="89" t="s">
+        <v>200</v>
+      </c>
+      <c r="C94" s="60" t="s">
+        <v>201</v>
+      </c>
+      <c r="D94" s="98" t="s">
+        <v>195</v>
+      </c>
+      <c r="E94" s="91" t="s">
+        <v>27</v>
+      </c>
+      <c r="F94" s="90" t="s">
+        <v>196</v>
+      </c>
+      <c r="G94" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H94" s="92" t="s">
+        <v>13</v>
+      </c>
+      <c r="I94" s="93" t="s">
+        <v>11</v>
+      </c>
+      <c r="J94" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K94" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L94" s="94">
+        <v>45962</v>
+      </c>
+      <c r="M94" s="95">
+        <v>1</v>
+      </c>
+      <c r="N94" s="94">
+        <f t="shared" ref="N94:N100" si="9">DATE(YEAR(L94)+(M94),MONTH(L94),DAY(L94))</f>
+        <v>46327</v>
+      </c>
+      <c r="O94" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P94" s="95"/>
+      <c r="Q94" s="96"/>
+    </row>
+    <row r="95" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B95" s="89" t="s">
+        <v>200</v>
+      </c>
+      <c r="C95" s="60" t="s">
+        <v>202</v>
+      </c>
+      <c r="D95" s="98" t="s">
+        <v>195</v>
+      </c>
+      <c r="E95" s="91" t="s">
+        <v>27</v>
+      </c>
+      <c r="F95" s="98" t="s">
+        <v>196</v>
+      </c>
+      <c r="G95" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H95" s="47" t="s">
+        <v>15</v>
+      </c>
+      <c r="I95" s="93" t="s">
+        <v>11</v>
+      </c>
+      <c r="J95" s="51" t="s">
+        <v>11</v>
+      </c>
+      <c r="K95" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L95" s="94">
+        <v>45962</v>
+      </c>
+      <c r="M95" s="95">
+        <v>1</v>
+      </c>
+      <c r="N95" s="94">
+        <f t="shared" si="9"/>
+        <v>46327</v>
+      </c>
+      <c r="O95" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P95" s="95"/>
+      <c r="Q95" s="96"/>
+      <c r="R95"/>
+    </row>
+    <row r="96" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B96" s="101" t="s">
+        <v>221</v>
+      </c>
+      <c r="C96" s="60" t="s">
+        <v>222</v>
+      </c>
+      <c r="D96" s="98" t="s">
+        <v>206</v>
+      </c>
+      <c r="E96" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F96" s="48" t="s">
+        <v>207</v>
+      </c>
+      <c r="G96" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H96" s="104" t="s">
+        <v>13</v>
+      </c>
+      <c r="I96" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J96" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K96" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L96" s="105">
+        <v>46143</v>
+      </c>
+      <c r="M96" s="66">
+        <v>1</v>
+      </c>
+      <c r="N96" s="105">
+        <f t="shared" si="9"/>
+        <v>46508</v>
+      </c>
+      <c r="O96" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P96" s="15"/>
+      <c r="Q96" s="102"/>
+      <c r="R96"/>
+    </row>
+    <row r="97" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B97" s="17" t="s">
+        <v>221</v>
+      </c>
+      <c r="C97" s="60" t="s">
+        <v>223</v>
+      </c>
+      <c r="D97" s="98" t="s">
+        <v>206</v>
+      </c>
+      <c r="E97" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F97" s="48" t="s">
+        <v>207</v>
+      </c>
+      <c r="G97" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H97" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I97" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J97" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K97" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L97" s="105">
+        <v>46143</v>
+      </c>
+      <c r="M97" s="66">
+        <v>1</v>
+      </c>
+      <c r="N97" s="105">
+        <f t="shared" si="9"/>
+        <v>46508</v>
+      </c>
+      <c r="O97" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P97" s="13"/>
+      <c r="Q97" s="14"/>
+      <c r="R97"/>
+    </row>
+    <row r="98" spans="2:18" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B98" s="101" t="s">
+        <v>225</v>
+      </c>
+      <c r="C98" s="60" t="s">
+        <v>224</v>
+      </c>
+      <c r="D98" s="98" t="s">
+        <v>208</v>
+      </c>
+      <c r="E98" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F98" s="48" t="s">
+        <v>209</v>
+      </c>
+      <c r="G98" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H98" s="39" t="s">
+        <v>15</v>
+      </c>
+      <c r="I98" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J98" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="K98" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L98" s="105">
+        <v>46143</v>
+      </c>
+      <c r="M98" s="66">
+        <v>1</v>
+      </c>
+      <c r="N98" s="105">
+        <f t="shared" si="9"/>
+        <v>46508</v>
+      </c>
+      <c r="O98" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P98" s="15"/>
+      <c r="Q98" s="102"/>
+      <c r="R98"/>
+    </row>
+    <row r="99" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B99" s="101" t="s">
+        <v>226</v>
+      </c>
+      <c r="C99" s="60" t="s">
+        <v>227</v>
+      </c>
+      <c r="D99" s="98" t="s">
         <v>210</v>
       </c>
-      <c r="C93" s="63" t="s">
+      <c r="E99" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99" s="48" t="s">
+        <v>212</v>
+      </c>
+      <c r="G99" s="73" t="s">
+        <v>10</v>
+      </c>
+      <c r="H99" s="104" t="s">
+        <v>13</v>
+      </c>
+      <c r="I99" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="J99" s="29" t="s">
+        <v>11</v>
+      </c>
+      <c r="K99" s="53" t="s">
+        <v>12</v>
+      </c>
+      <c r="L99" s="105">
+        <v>46143</v>
+      </c>
+      <c r="M99" s="66">
+        <v>1</v>
+      </c>
+      <c r="N99" s="105">
+        <f t="shared" si="9"/>
+        <v>46508</v>
+      </c>
+      <c r="O99" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P99" s="15"/>
+      <c r="Q99" s="102"/>
+      <c r="R99"/>
+    </row>
+    <row r="100" spans="2:18" x14ac:dyDescent="0.25">
+      <c r="B100" s="101" t="s">
+        <v>228</v>
+      </c>
+      <c r="C100" s="60" t="s">
+        <v>229</v>
+      </c>
+      <c r="D100" s="98" t="s">
         <v>211</v>
       </c>
-      <c r="D93" s="95" t="s">
-[...11 lines deleted...]
-      <c r="H93" s="48" t="s">
+      <c r="E100" s="65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100" s="48" t="s">
+        <v>213</v>
+      </c>
+      <c r="G100" s="66" t="s">
+        <v>10</v>
+      </c>
+      <c r="H100" s="67" t="s">
+        <v>18</v>
+      </c>
+      <c r="I100" s="56" t="s">
+        <v>11</v>
+      </c>
+      <c r="J100" s="46" t="s">
         <v>12</v>
       </c>
-      <c r="I93" s="97" t="s">
-[...14 lines deleted...]
-      <c r="N93" s="100">
+      <c r="K100" s="46" t="s">
+        <v>12</v>
+      </c>
+      <c r="L100" s="105">
+        <v>46143</v>
+      </c>
+      <c r="M100" s="66">
         <v>1</v>
       </c>
-      <c r="O93" s="99">
-[...69 lines deleted...]
-      <c r="C98" s="60"/>
+      <c r="N100" s="105">
+        <f t="shared" si="9"/>
+        <v>46508</v>
+      </c>
+      <c r="O100" s="46" t="s">
+        <v>14</v>
+      </c>
+      <c r="P100" s="15"/>
+      <c r="Q100" s="102"/>
+      <c r="R100"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="wTGyD1845OKQLKTzYRKb+HMrfVcBgQnlhgOo+r83UZnijE/6W4cPQKq6JcNUDU+32Jo1o+VklO2spEBUC7zLtw==" saltValue="hcPnEVuVTgfHbeXrCxrv5w==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="7QdYuliZ+jZcIaQx6PaV9pJbEMYmGJRjB0OCqmai2EFk3IJm/yhy/hsdzwQVT2SlI2ZSIB0+OzgfaryzLr/kdQ==" saltValue="Dyp25eHpoXE8oDDDn4HvEw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="3">
-    <mergeCell ref="J3:L3"/>
-[...1 lines deleted...]
-    <mergeCell ref="O2:R2"/>
+    <mergeCell ref="I3:K3"/>
+    <mergeCell ref="B1:Q1"/>
+    <mergeCell ref="N2:Q2"/>
   </mergeCells>
   <phoneticPr fontId="8" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Pharmacie R3C TLS</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pauline.rebichon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-12-09T09:24:29Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>80b2611a-3087-4837-a56b-5388dc47d409</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>