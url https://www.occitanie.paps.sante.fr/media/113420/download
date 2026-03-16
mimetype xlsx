--- v0 (2025-10-14)
+++ v1 (2026-03-16)
@@ -3,121 +3,124 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\DPR\INTERNATS\PAPS\TOULOUSE\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DE0166D6-8DC9-4142-B162-457F13C055E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F0C09BCC-CF07-4873-A42C-487D4231B16E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="597" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FST" sheetId="9" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FST!$A$4:$I$129</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FST!$A$4:$I$132</definedName>
     <definedName name="FormationValues" localSheetId="0">#REF!</definedName>
     <definedName name="FormationValues">#REF!</definedName>
     <definedName name="IndicationValues" localSheetId="0">#REF!</definedName>
     <definedName name="IndicationValues">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="I130" i="9" l="1"/>
-  <c r="I129" i="9"/>
+  <c r="I116" i="9" l="1"/>
+  <c r="I17" i="9"/>
+  <c r="I132" i="9"/>
+  <c r="I131" i="9"/>
+  <c r="I130" i="9"/>
   <c r="I128" i="9"/>
   <c r="I127" i="9"/>
   <c r="I126" i="9"/>
   <c r="I125" i="9"/>
   <c r="I124" i="9"/>
+  <c r="I129" i="9"/>
   <c r="I123" i="9"/>
   <c r="I122" i="9"/>
   <c r="I121" i="9"/>
   <c r="I120" i="9"/>
   <c r="I119" i="9"/>
   <c r="I118" i="9"/>
   <c r="I117" i="9"/>
-  <c r="I116" i="9"/>
   <c r="I115" i="9"/>
   <c r="I114" i="9"/>
   <c r="I113" i="9"/>
-  <c r="I112" i="9"/>
   <c r="I111" i="9"/>
   <c r="I110" i="9"/>
+  <c r="I112" i="9"/>
   <c r="I109" i="9"/>
   <c r="I108" i="9"/>
   <c r="I107" i="9"/>
   <c r="I106" i="9"/>
   <c r="I105" i="9"/>
   <c r="I104" i="9"/>
   <c r="I103" i="9"/>
-  <c r="I102" i="9"/>
   <c r="I101" i="9"/>
   <c r="I100" i="9"/>
+  <c r="I102" i="9"/>
   <c r="I99" i="9"/>
   <c r="I98" i="9"/>
   <c r="I97" i="9"/>
   <c r="I96" i="9"/>
   <c r="I95" i="9"/>
   <c r="I94" i="9"/>
   <c r="I93" i="9"/>
   <c r="I92" i="9"/>
   <c r="I91" i="9"/>
   <c r="I90" i="9"/>
   <c r="I89" i="9"/>
   <c r="I88" i="9"/>
   <c r="I87" i="9"/>
   <c r="I86" i="9"/>
   <c r="I85" i="9"/>
   <c r="I84" i="9"/>
   <c r="I83" i="9"/>
   <c r="I82" i="9"/>
   <c r="I81" i="9"/>
   <c r="I80" i="9"/>
   <c r="I79" i="9"/>
   <c r="I78" i="9"/>
   <c r="I77" i="9"/>
   <c r="I76" i="9"/>
   <c r="I75" i="9"/>
@@ -126,98 +129,97 @@
   <c r="I72" i="9"/>
   <c r="I71" i="9"/>
   <c r="I70" i="9"/>
   <c r="I69" i="9"/>
   <c r="I68" i="9"/>
   <c r="I67" i="9"/>
   <c r="I66" i="9"/>
   <c r="I65" i="9"/>
   <c r="I64" i="9"/>
   <c r="I63" i="9"/>
   <c r="I62" i="9"/>
   <c r="I61" i="9"/>
   <c r="I60" i="9"/>
   <c r="I59" i="9"/>
   <c r="I58" i="9"/>
   <c r="I57" i="9"/>
   <c r="I56" i="9"/>
   <c r="I55" i="9"/>
   <c r="I54" i="9"/>
   <c r="I53" i="9"/>
   <c r="I52" i="9"/>
   <c r="I51" i="9"/>
   <c r="I50" i="9"/>
   <c r="I49" i="9"/>
   <c r="I48" i="9"/>
+  <c r="I46" i="9"/>
   <c r="I47" i="9"/>
-  <c r="I46" i="9"/>
   <c r="I45" i="9"/>
   <c r="I44" i="9"/>
   <c r="I43" i="9"/>
   <c r="I42" i="9"/>
   <c r="I41" i="9"/>
   <c r="I40" i="9"/>
   <c r="I39" i="9"/>
   <c r="I38" i="9"/>
   <c r="I37" i="9"/>
   <c r="I36" i="9"/>
   <c r="I35" i="9"/>
   <c r="I34" i="9"/>
   <c r="I33" i="9"/>
   <c r="I32" i="9"/>
   <c r="I31" i="9"/>
   <c r="I30" i="9"/>
   <c r="I29" i="9"/>
   <c r="I28" i="9"/>
   <c r="I27" i="9"/>
   <c r="I26" i="9"/>
   <c r="I25" i="9"/>
   <c r="I24" i="9"/>
   <c r="I23" i="9"/>
   <c r="I22" i="9"/>
   <c r="I21" i="9"/>
   <c r="I20" i="9"/>
   <c r="I19" i="9"/>
   <c r="I18" i="9"/>
-  <c r="I17" i="9"/>
   <c r="I16" i="9"/>
   <c r="I15" i="9"/>
   <c r="I14" i="9"/>
   <c r="I13" i="9"/>
   <c r="I12" i="9"/>
   <c r="I11" i="9"/>
   <c r="I10" i="9"/>
   <c r="I9" i="9"/>
   <c r="I8" i="9"/>
   <c r="I7" i="9"/>
   <c r="I6" i="9"/>
   <c r="I5" i="9"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="646" uniqueCount="285">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="656" uniqueCount="287">
   <si>
     <t>FST Maladies allergiques</t>
   </si>
   <si>
     <t>FST Médecine du sport</t>
   </si>
   <si>
     <t>FST Bio-informatique médicale</t>
   </si>
   <si>
     <t>FST Cancérologie déclinaison hémato-cancérologie pédiatrique</t>
   </si>
   <si>
     <t>FST Cardiologie pédiatrique et congénitale</t>
   </si>
   <si>
     <t>FST Chirurgie de la main</t>
   </si>
   <si>
     <t>FST Chirurgie en situation de guerre ou de catastrophe</t>
   </si>
   <si>
     <t>FST Chirurgie orbito-palpébro-lacrymale</t>
   </si>
   <si>
@@ -1028,103 +1030,115 @@
     <t>ELBAZ Meyer</t>
   </si>
   <si>
     <t>Agréments FST</t>
   </si>
   <si>
     <t>mis à jour suite à la commission d'agrément du 30 juin 2025</t>
   </si>
   <si>
     <t>Agréments FST - Subdivision de Toulouse</t>
   </si>
   <si>
     <t>DE BOISSEZON Xavier</t>
   </si>
   <si>
     <t>CH TARBES LOURDES - Site Tarbes</t>
   </si>
   <si>
     <t>LEVENEUR Yann</t>
   </si>
   <si>
     <t>Nutrition</t>
   </si>
   <si>
     <t>GOURDY Pierre / MONTASTIER Emilie</t>
+  </si>
+  <si>
+    <t>Pôle Rive Gauche A26 - SECTEUR 6</t>
+  </si>
+  <si>
+    <t>NEAUPORT Audrey / HAMARD Jacques</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Times New Roman"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="22"/>
       <color rgb="FF002060"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="0" tint="-0.499984740745262"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
@@ -1727,54 +1741,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8FF09661-3607-4331-8AC1-9C67E68FFB2C}">
-  <dimension ref="A1:N130"/>
+  <dimension ref="A1:N132"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D13" sqref="D13"/>
+      <selection activeCell="D116" sqref="D116:F116"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="7.85546875" style="27" customWidth="1"/>
     <col min="2" max="2" width="18.5703125" style="28" customWidth="1"/>
     <col min="3" max="4" width="30.7109375" style="29" customWidth="1"/>
     <col min="5" max="5" width="51.85546875" style="29" customWidth="1"/>
     <col min="6" max="6" width="30.7109375" style="5" customWidth="1"/>
     <col min="7" max="7" width="16.28515625" style="27" customWidth="1"/>
     <col min="8" max="8" width="11.42578125" style="27" customWidth="1"/>
     <col min="9" max="9" width="13.85546875" style="27" customWidth="1"/>
     <col min="10" max="16384" width="9.140625" style="8"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="4" customFormat="1" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="30" t="s">
         <v>279</v>
       </c>
       <c r="B1" s="30"/>
       <c r="C1" s="30"/>
       <c r="D1" s="30"/>
       <c r="E1" s="30"/>
       <c r="F1" s="30"/>
       <c r="G1" s="30"/>
@@ -1813,3851 +1827,3912 @@
       </c>
       <c r="C4" s="1" t="s">
         <v>277</v>
       </c>
       <c r="D4" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E4" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F4" s="1" t="s">
         <v>26</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>203</v>
       </c>
       <c r="H4" s="1" t="s">
         <v>204</v>
       </c>
       <c r="I4" s="1" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B5" s="10">
         <v>730013940007</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E5" s="3" t="s">
         <v>86</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>80</v>
       </c>
       <c r="G5" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H5" s="9">
         <v>5</v>
       </c>
       <c r="I5" s="13">
-        <f t="shared" ref="I5:I68" si="0">DATE(YEAR(G5)+(H5),MONTH(G5),DAY(G5))</f>
+        <f>DATE(YEAR(G5)+(H5),MONTH(G5),DAY(G5))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="6" spans="1:14" ht="30" x14ac:dyDescent="0.25">
       <c r="A6" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B6" s="10">
         <v>760009240003</v>
       </c>
       <c r="C6" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D6" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E6" s="3" t="s">
         <v>185</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>186</v>
       </c>
       <c r="G6" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H6" s="9">
         <v>5</v>
       </c>
       <c r="I6" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G6)+(H6),MONTH(G6),DAY(G6))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A7" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B7" s="10" t="s">
         <v>235</v>
       </c>
       <c r="C7" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D7" s="3" t="s">
         <v>216</v>
       </c>
       <c r="E7" s="3" t="s">
         <v>207</v>
       </c>
       <c r="F7" s="11" t="s">
         <v>208</v>
       </c>
       <c r="G7" s="12" t="s">
         <v>227</v>
       </c>
       <c r="H7" s="9">
         <v>5</v>
       </c>
       <c r="I7" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G7)+(H7),MONTH(G7),DAY(G7))</f>
         <v>47423</v>
       </c>
     </row>
     <row r="8" spans="1:14" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A8" s="9">
         <v>65</v>
       </c>
       <c r="B8" s="10">
         <v>730005840002</v>
       </c>
       <c r="C8" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D8" s="3" t="s">
         <v>238</v>
       </c>
       <c r="E8" s="3" t="s">
         <v>209</v>
       </c>
       <c r="F8" s="11" t="s">
         <v>210</v>
       </c>
       <c r="G8" s="12" t="s">
         <v>227</v>
       </c>
       <c r="H8" s="9">
         <v>5</v>
       </c>
       <c r="I8" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G8)+(H8),MONTH(G8),DAY(G8))</f>
         <v>47423</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A9" s="9">
-        <v>831</v>
+        <v>81</v>
       </c>
       <c r="B9" s="10">
         <v>730006570012</v>
       </c>
       <c r="C9" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D9" s="3" t="s">
         <v>218</v>
       </c>
       <c r="E9" s="3" t="s">
         <v>119</v>
       </c>
       <c r="F9" s="11" t="s">
         <v>120</v>
       </c>
       <c r="G9" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H9" s="9">
         <v>5</v>
       </c>
       <c r="I9" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G9)+(H9),MONTH(G9),DAY(G9))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A10" s="9">
-        <v>8331</v>
+        <v>82</v>
       </c>
       <c r="B10" s="10">
         <v>730014610004</v>
       </c>
       <c r="C10" s="3" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="3" t="s">
         <v>42</v>
       </c>
       <c r="E10" s="3" t="s">
         <v>142</v>
       </c>
       <c r="F10" s="11" t="s">
         <v>143</v>
       </c>
       <c r="G10" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H10" s="9">
         <v>5</v>
       </c>
       <c r="I10" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G10)+(H10),MONTH(G10),DAY(G10))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A11" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B11" s="10">
         <v>730012560015</v>
       </c>
       <c r="C11" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D11" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E11" s="3" t="s">
         <v>106</v>
       </c>
       <c r="F11" s="11" t="s">
         <v>125</v>
       </c>
       <c r="G11" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H11" s="9">
         <v>5</v>
       </c>
       <c r="I11" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G11)+(H11),MONTH(G11),DAY(G11))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A12" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B12" s="10">
         <v>760008830003</v>
       </c>
       <c r="C12" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D12" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="3" t="s">
         <v>74</v>
       </c>
       <c r="F12" s="11" t="s">
         <v>184</v>
       </c>
       <c r="G12" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H12" s="9">
         <v>5</v>
       </c>
       <c r="I12" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G12)+(H12),MONTH(G12),DAY(G12))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A13" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B13" s="10">
         <v>730003390021</v>
       </c>
       <c r="C13" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D13" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E13" s="3" t="s">
         <v>85</v>
       </c>
       <c r="F13" s="11" t="s">
         <v>239</v>
       </c>
       <c r="G13" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H13" s="9">
         <v>5</v>
       </c>
       <c r="I13" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G13)+(H13),MONTH(G13),DAY(G13))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A14" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B14" s="10">
         <v>730015370005</v>
       </c>
       <c r="C14" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D14" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E14" s="3" t="s">
         <v>148</v>
       </c>
       <c r="F14" s="11" t="s">
         <v>149</v>
       </c>
       <c r="G14" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H14" s="9">
         <v>5</v>
       </c>
       <c r="I14" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G14)+(H14),MONTH(G14),DAY(G14))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A15" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B15" s="10">
         <v>730000870021</v>
       </c>
       <c r="C15" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D15" s="3" t="s">
         <v>35</v>
       </c>
       <c r="E15" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F15" s="11" t="s">
         <v>36</v>
       </c>
       <c r="G15" s="12" t="s">
         <v>227</v>
       </c>
       <c r="H15" s="9">
         <v>5</v>
       </c>
       <c r="I15" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G15)+(H15),MONTH(G15),DAY(G15))</f>
         <v>47423</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A16" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B16" s="10">
         <v>730013550012</v>
       </c>
       <c r="C16" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D16" s="3" t="s">
         <v>38</v>
       </c>
       <c r="E16" s="3" t="s">
         <v>127</v>
       </c>
       <c r="F16" s="11" t="s">
         <v>128</v>
       </c>
       <c r="G16" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H16" s="9">
         <v>5</v>
       </c>
       <c r="I16" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G16)+(H16),MONTH(G16),DAY(G16))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="17" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A17" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B17" s="10">
-        <v>730015620011</v>
+        <v>730000890016</v>
       </c>
       <c r="C17" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D17" s="3" t="s">
-        <v>226</v>
+        <v>38</v>
       </c>
       <c r="E17" s="3" t="s">
-        <v>113</v>
+        <v>39</v>
       </c>
       <c r="F17" s="11" t="s">
-        <v>155</v>
+        <v>40</v>
       </c>
       <c r="G17" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H17" s="9">
         <v>5</v>
       </c>
       <c r="I17" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G17)+(H17),MONTH(G17),DAY(G17))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A18" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B18" s="10">
-        <v>760001250007</v>
+        <v>730015620011</v>
       </c>
       <c r="C18" s="3" t="s">
         <v>3</v>
       </c>
       <c r="D18" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E18" s="3" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="F18" s="11" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G18" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H18" s="9">
         <v>5</v>
       </c>
       <c r="I18" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G18)+(H18),MONTH(G18),DAY(G18))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A19" s="9">
         <v>31</v>
       </c>
       <c r="B19" s="10">
-        <v>730006140012</v>
+        <v>760001250007</v>
       </c>
       <c r="C19" s="3" t="s">
-        <v>20</v>
+        <v>3</v>
       </c>
       <c r="D19" s="3" t="s">
-        <v>30</v>
+        <v>226</v>
       </c>
       <c r="E19" s="3" t="s">
-        <v>113</v>
+        <v>162</v>
       </c>
       <c r="F19" s="11" t="s">
-        <v>114</v>
+        <v>163</v>
       </c>
       <c r="G19" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H19" s="9">
         <v>5</v>
       </c>
       <c r="I19" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G19)+(H19),MONTH(G19),DAY(G19))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="20" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A20" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B20" s="10">
-        <v>730015620012</v>
+        <v>730006140012</v>
       </c>
       <c r="C20" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D20" s="3" t="s">
-        <v>226</v>
+        <v>30</v>
       </c>
       <c r="E20" s="3" t="s">
         <v>113</v>
       </c>
       <c r="F20" s="11" t="s">
-        <v>155</v>
+        <v>114</v>
       </c>
       <c r="G20" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H20" s="9">
         <v>5</v>
       </c>
       <c r="I20" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G20)+(H20),MONTH(G20),DAY(G20))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="21" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A21" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B21" s="10">
-        <v>760001250008</v>
+        <v>730015620012</v>
       </c>
       <c r="C21" s="3" t="s">
         <v>20</v>
       </c>
       <c r="D21" s="3" t="s">
         <v>226</v>
       </c>
       <c r="E21" s="3" t="s">
-        <v>162</v>
+        <v>113</v>
       </c>
       <c r="F21" s="11" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
       <c r="G21" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H21" s="9">
         <v>5</v>
       </c>
       <c r="I21" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G21)+(H21),MONTH(G21),DAY(G21))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A22" s="9">
         <v>31</v>
       </c>
       <c r="B22" s="10">
+        <v>760001250008</v>
+      </c>
+      <c r="C22" s="3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>162</v>
+      </c>
+      <c r="F22" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="G22" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H22" s="9">
+        <v>5</v>
+      </c>
+      <c r="I22" s="14">
+        <f>DATE(YEAR(G22)+(H22),MONTH(G22),DAY(G22))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A23" s="9">
+        <v>1</v>
+      </c>
+      <c r="B23" s="10">
         <v>730004400010</v>
       </c>
-      <c r="C22" s="3" t="s">
+      <c r="C23" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="D22" s="3" t="s">
+      <c r="D23" s="3" t="s">
         <v>38</v>
       </c>
-      <c r="E22" s="3" t="s">
+      <c r="E23" s="3" t="s">
         <v>93</v>
       </c>
-      <c r="F22" s="11" t="s">
+      <c r="F23" s="11" t="s">
         <v>94</v>
       </c>
-      <c r="G22" s="12" t="s">
-[...14 lines deleted...]
-      <c r="B23" s="10">
+      <c r="G23" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H23" s="9">
+        <v>5</v>
+      </c>
+      <c r="I23" s="14">
+        <f>DATE(YEAR(G23)+(H23),MONTH(G23),DAY(G23))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="9">
+        <v>1</v>
+      </c>
+      <c r="B24" s="10">
         <v>760006650010</v>
       </c>
-      <c r="C23" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D23" s="3" t="s">
+      <c r="C24" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="D24" s="3" t="s">
         <v>88</v>
       </c>
-      <c r="E23" s="3" t="s">
+      <c r="E24" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="F23" s="11" t="s">
+      <c r="F24" s="11" t="s">
         <v>175</v>
       </c>
-      <c r="G23" s="12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G24" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H24" s="9">
         <v>5</v>
       </c>
       <c r="I24" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G24)+(H24),MONTH(G24),DAY(G24))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A25" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B25" s="10">
-        <v>730001500020</v>
+        <v>730001980015</v>
       </c>
       <c r="C25" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D25" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E25" s="3" t="s">
-        <v>53</v>
+        <v>71</v>
       </c>
       <c r="F25" s="11" t="s">
-        <v>54</v>
+        <v>72</v>
       </c>
       <c r="G25" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H25" s="9">
         <v>5</v>
       </c>
       <c r="I25" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="26" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G25)+(H25),MONTH(G25),DAY(G25))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A26" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B26" s="10">
-        <v>730015390019</v>
+        <v>730001500020</v>
       </c>
       <c r="C26" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D26" s="3" t="s">
-        <v>88</v>
+        <v>50</v>
       </c>
       <c r="E26" s="3" t="s">
-        <v>150</v>
+        <v>53</v>
       </c>
       <c r="F26" s="11" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="G26" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H26" s="9">
         <v>5</v>
       </c>
       <c r="I26" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="27" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G26)+(H26),MONTH(G26),DAY(G26))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A27" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B27" s="10">
-        <v>760006650011</v>
+        <v>730015390019</v>
       </c>
       <c r="C27" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D27" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E27" s="3" t="s">
-        <v>174</v>
+        <v>150</v>
       </c>
       <c r="F27" s="11" t="s">
-        <v>175</v>
+        <v>151</v>
       </c>
       <c r="G27" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H27" s="9">
         <v>5</v>
       </c>
       <c r="I27" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G27)+(H27),MONTH(G27),DAY(G27))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A28" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B28" s="10">
-        <v>760000860006</v>
+        <v>760006650011</v>
       </c>
       <c r="C28" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D28" s="3" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="E28" s="3" t="s">
-        <v>158</v>
+        <v>174</v>
       </c>
       <c r="F28" s="11" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="G28" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H28" s="9">
         <v>5</v>
       </c>
       <c r="I28" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G28)+(H28),MONTH(G28),DAY(G28))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="29" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A29" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B29" s="10">
-        <v>760000840007</v>
+        <v>760000860006</v>
       </c>
       <c r="C29" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D29" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E29" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="F29" s="11" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="G29" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H29" s="9">
         <v>5</v>
       </c>
       <c r="I29" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G29)+(H29),MONTH(G29),DAY(G29))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A30" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B30" s="10">
-        <v>730014040016</v>
+        <v>760000840007</v>
       </c>
       <c r="C30" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D30" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E30" s="3" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="F30" s="11" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="G30" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H30" s="9">
         <v>5</v>
       </c>
       <c r="I30" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G30)+(H30),MONTH(G30),DAY(G30))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A31" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B31" s="10">
-        <v>730003340016</v>
+        <v>730014040016</v>
       </c>
       <c r="C31" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D31" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E31" s="3" t="s">
-        <v>83</v>
+        <v>136</v>
       </c>
       <c r="F31" s="11" t="s">
-        <v>84</v>
+        <v>137</v>
       </c>
       <c r="G31" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H31" s="9">
         <v>5</v>
       </c>
       <c r="I31" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="32" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G31)+(H31),MONTH(G31),DAY(G31))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A32" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B32" s="10">
-        <v>730001960015</v>
+        <v>730003340016</v>
       </c>
       <c r="C32" s="3" t="s">
         <v>6</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E32" s="3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F32" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="G32" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H32" s="9">
+        <v>5</v>
+      </c>
+      <c r="I32" s="14">
+        <f>DATE(YEAR(G32)+(H32),MONTH(G32),DAY(G32))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A33" s="9">
+        <v>1</v>
+      </c>
+      <c r="B33" s="10">
+        <v>730001960015</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E33" s="3" t="s">
         <v>67</v>
       </c>
-      <c r="F32" s="11" t="s">
+      <c r="F33" s="11" t="s">
         <v>68</v>
       </c>
-      <c r="G32" s="12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G33" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H33" s="9">
         <v>5</v>
       </c>
       <c r="I33" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G33)+(H33),MONTH(G33),DAY(G33))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A34" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B34" s="10">
-        <v>760005080007</v>
+        <v>730002920025</v>
       </c>
       <c r="C34" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D34" s="3" t="s">
-        <v>88</v>
+        <v>50</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="F34" s="11" t="s">
-        <v>171</v>
+        <v>79</v>
       </c>
       <c r="G34" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H34" s="9">
         <v>5</v>
       </c>
       <c r="I34" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G34)+(H34),MONTH(G34),DAY(G34))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A35" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B35" s="10">
-        <v>730015390020</v>
+        <v>760005080007</v>
       </c>
       <c r="C35" s="3" t="s">
         <v>7</v>
       </c>
       <c r="D35" s="3" t="s">
         <v>88</v>
       </c>
       <c r="E35" s="3" t="s">
-        <v>150</v>
+        <v>100</v>
       </c>
       <c r="F35" s="11" t="s">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="G35" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H35" s="9">
         <v>5</v>
       </c>
       <c r="I35" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G35)+(H35),MONTH(G35),DAY(G35))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A36" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B36" s="10">
-        <v>730000890015</v>
+        <v>730015390020</v>
       </c>
       <c r="C36" s="3" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="D36" s="3" t="s">
-        <v>38</v>
+        <v>88</v>
       </c>
       <c r="E36" s="3" t="s">
-        <v>39</v>
+        <v>150</v>
       </c>
       <c r="F36" s="11" t="s">
-        <v>40</v>
+        <v>151</v>
       </c>
       <c r="G36" s="12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="H36" s="9">
         <v>5</v>
       </c>
       <c r="I36" s="14">
-        <f t="shared" si="0"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G36)+(H36),MONTH(G36),DAY(G36))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A37" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B37" s="10">
-        <v>730003600017</v>
+        <v>730000890015</v>
       </c>
       <c r="C37" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D37" s="3" t="s">
-        <v>224</v>
+        <v>38</v>
       </c>
       <c r="E37" s="3" t="s">
-        <v>87</v>
+        <v>39</v>
       </c>
       <c r="F37" s="11" t="s">
-        <v>280</v>
+        <v>40</v>
       </c>
       <c r="G37" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H37" s="9">
         <v>5</v>
       </c>
       <c r="I37" s="14">
-        <f t="shared" si="0"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G37)+(H37),MONTH(G37),DAY(G37))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A38" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B38" s="10">
-        <v>730014500010</v>
+        <v>730003600017</v>
       </c>
       <c r="C38" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>224</v>
       </c>
       <c r="E38" s="3" t="s">
-        <v>240</v>
+        <v>87</v>
       </c>
       <c r="F38" s="11" t="s">
-        <v>241</v>
+        <v>280</v>
       </c>
       <c r="G38" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H38" s="9">
         <v>5</v>
       </c>
       <c r="I38" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G38)+(H38),MONTH(G38),DAY(G38))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A39" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B39" s="10">
-        <v>760004720009</v>
+        <v>730014500010</v>
       </c>
       <c r="C39" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>32</v>
+        <v>224</v>
       </c>
       <c r="E39" s="3" t="s">
-        <v>31</v>
+        <v>240</v>
       </c>
       <c r="F39" s="11" t="s">
-        <v>170</v>
+        <v>241</v>
       </c>
       <c r="G39" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H39" s="9">
         <v>5</v>
       </c>
       <c r="I39" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="40" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G39)+(H39),MONTH(G39),DAY(G39))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A40" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B40" s="10">
-        <v>730003300014</v>
+        <v>760004720009</v>
       </c>
       <c r="C40" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E40" s="3" t="s">
-        <v>82</v>
+        <v>31</v>
       </c>
       <c r="F40" s="11" t="s">
-        <v>214</v>
+        <v>170</v>
       </c>
       <c r="G40" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H40" s="9">
         <v>5</v>
       </c>
       <c r="I40" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G40)+(H40),MONTH(G40),DAY(G40))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A41" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B41" s="10">
-        <v>760000990022</v>
+        <v>730003300014</v>
       </c>
       <c r="C41" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E41" s="3" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="F41" s="11" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="G41" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H41" s="9">
         <v>5</v>
       </c>
       <c r="I41" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="42" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G41)+(H41),MONTH(G41),DAY(G41))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="42" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A42" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B42" s="10">
-        <v>760001110013</v>
+        <v>760000990022</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E42" s="3" t="s">
-        <v>160</v>
+        <v>112</v>
       </c>
       <c r="F42" s="11" t="s">
-        <v>161</v>
+        <v>223</v>
       </c>
       <c r="G42" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H42" s="9">
         <v>5</v>
       </c>
       <c r="I42" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="43" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G42)+(H42),MONTH(G42),DAY(G42))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="43" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A43" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B43" s="10">
-        <v>730001970027</v>
+        <v>760001110013</v>
       </c>
       <c r="C43" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E43" s="3" t="s">
-        <v>70</v>
+        <v>160</v>
       </c>
       <c r="F43" s="11" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
       <c r="G43" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H43" s="9">
         <v>5</v>
       </c>
       <c r="I43" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="44" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G43)+(H43),MONTH(G43),DAY(G43))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A44" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B44" s="10">
-        <v>730001430013</v>
+        <v>730001970027</v>
       </c>
       <c r="C44" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D44" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E44" s="3" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="F44" s="11" t="s">
-        <v>49</v>
+        <v>69</v>
       </c>
       <c r="G44" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H44" s="9">
         <v>5</v>
       </c>
       <c r="I44" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="45" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G44)+(H44),MONTH(G44),DAY(G44))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A45" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B45" s="10">
-        <v>760005100005</v>
+        <v>730001430013</v>
       </c>
       <c r="C45" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D45" s="3" t="s">
-        <v>226</v>
+        <v>30</v>
       </c>
       <c r="E45" s="3" t="s">
-        <v>172</v>
+        <v>48</v>
       </c>
       <c r="F45" s="11" t="s">
-        <v>173</v>
+        <v>49</v>
       </c>
       <c r="G45" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H45" s="9">
         <v>5</v>
       </c>
       <c r="I45" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="46" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G45)+(H45),MONTH(G45),DAY(G45))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A46" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B46" s="10" t="s">
         <v>242</v>
       </c>
       <c r="C46" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>138</v>
       </c>
       <c r="E46" s="3" t="s">
         <v>230</v>
       </c>
       <c r="F46" s="11" t="s">
         <v>139</v>
       </c>
       <c r="G46" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H46" s="9">
         <v>5</v>
       </c>
       <c r="I46" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G46)+(H46),MONTH(G46),DAY(G46))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="47" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A47" s="9">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="B47" s="10">
-        <v>760011430003</v>
+        <v>760005100005</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>21</v>
       </c>
       <c r="D47" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>172</v>
+      </c>
+      <c r="F47" s="11" t="s">
+        <v>173</v>
+      </c>
+      <c r="G47" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H47" s="9">
+        <v>5</v>
+      </c>
+      <c r="I47" s="14">
+        <f>DATE(YEAR(G47)+(H47),MONTH(G47),DAY(G47))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A48" s="9">
+        <v>65</v>
+      </c>
+      <c r="B48" s="10">
+        <v>760011430003</v>
+      </c>
+      <c r="C48" s="3" t="s">
+        <v>21</v>
+      </c>
+      <c r="D48" s="3" t="s">
         <v>43</v>
       </c>
-      <c r="E47" s="3" t="s">
+      <c r="E48" s="3" t="s">
         <v>231</v>
       </c>
-      <c r="F47" s="11" t="s">
+      <c r="F48" s="11" t="s">
         <v>232</v>
       </c>
-      <c r="G47" s="12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G48" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H48" s="9">
         <v>5</v>
       </c>
       <c r="I48" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G48)+(H48),MONTH(G48),DAY(G48))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A49" s="9">
-        <v>65</v>
+        <v>1</v>
       </c>
       <c r="B49" s="10">
-        <v>730013610008</v>
+        <v>730004170011</v>
       </c>
       <c r="C49" s="3" t="s">
         <v>8</v>
       </c>
       <c r="D49" s="3" t="s">
-        <v>43</v>
+        <v>224</v>
       </c>
       <c r="E49" s="3" t="s">
-        <v>129</v>
+        <v>91</v>
       </c>
       <c r="F49" s="11" t="s">
-        <v>213</v>
+        <v>92</v>
       </c>
       <c r="G49" s="12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="H49" s="9">
         <v>5</v>
       </c>
       <c r="I49" s="14">
-        <f t="shared" si="0"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G49)+(H49),MONTH(G49),DAY(G49))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A50" s="9">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="B50" s="10">
-        <v>730012560016</v>
+        <v>730013610008</v>
       </c>
       <c r="C50" s="3" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D50" s="3" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="E50" s="3" t="s">
-        <v>106</v>
+        <v>129</v>
       </c>
       <c r="F50" s="11" t="s">
-        <v>125</v>
+        <v>213</v>
       </c>
       <c r="G50" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H50" s="9">
         <v>5</v>
       </c>
       <c r="I50" s="14">
-        <f t="shared" si="0"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G50)+(H50),MONTH(G50),DAY(G50))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A51" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B51" s="10">
-        <v>730013810006</v>
+        <v>730012560016</v>
       </c>
       <c r="C51" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D51" s="3" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="E51" s="3" t="s">
-        <v>243</v>
+        <v>106</v>
       </c>
       <c r="F51" s="11" t="s">
-        <v>244</v>
+        <v>125</v>
       </c>
       <c r="G51" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H51" s="9">
         <v>5</v>
       </c>
       <c r="I51" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G51)+(H51),MONTH(G51),DAY(G51))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A52" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B52" s="10">
-        <v>730003390022</v>
+        <v>730013810006</v>
       </c>
       <c r="C52" s="3" t="s">
         <v>9</v>
       </c>
       <c r="D52" s="3" t="s">
-        <v>224</v>
+        <v>62</v>
       </c>
       <c r="E52" s="3" t="s">
-        <v>85</v>
+        <v>243</v>
       </c>
       <c r="F52" s="11" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="G52" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H52" s="9">
         <v>5</v>
       </c>
       <c r="I52" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G52)+(H52),MONTH(G52),DAY(G52))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A53" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B53" s="10">
-        <v>730012800020</v>
+        <v>730003390022</v>
       </c>
       <c r="C53" s="3" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D53" s="3" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="E53" s="3" t="s">
-        <v>126</v>
+        <v>85</v>
       </c>
       <c r="F53" s="11" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="G53" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H53" s="9">
         <v>5</v>
       </c>
       <c r="I53" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G53)+(H53),MONTH(G53),DAY(G53))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A54" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B54" s="10">
-        <v>760010010005</v>
+        <v>730012800020</v>
       </c>
       <c r="C54" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>222</v>
       </c>
       <c r="E54" s="3" t="s">
-        <v>190</v>
+        <v>126</v>
       </c>
       <c r="F54" s="11" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="G54" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H54" s="9">
         <v>5</v>
       </c>
       <c r="I54" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G54)+(H54),MONTH(G54),DAY(G54))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A55" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B55" s="10">
-        <v>730003390026</v>
+        <v>760010010005</v>
       </c>
       <c r="C55" s="3" t="s">
         <v>22</v>
       </c>
       <c r="D55" s="3" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="E55" s="3" t="s">
-        <v>85</v>
+        <v>190</v>
       </c>
       <c r="F55" s="11" t="s">
-        <v>239</v>
+        <v>191</v>
       </c>
       <c r="G55" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H55" s="9">
         <v>5</v>
       </c>
       <c r="I55" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G55)+(H55),MONTH(G55),DAY(G55))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A56" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B56" s="10">
+        <v>730003390026</v>
+      </c>
+      <c r="C56" s="3" t="s">
+        <v>22</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F56" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="G56" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H56" s="9">
+        <v>5</v>
+      </c>
+      <c r="I56" s="14">
+        <f>DATE(YEAR(G56)+(H56),MONTH(G56),DAY(G56))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A57" s="9">
+        <v>1</v>
+      </c>
+      <c r="B57" s="10">
         <v>730001620023</v>
-      </c>
-[...28 lines deleted...]
-        <v>730001730028</v>
       </c>
       <c r="C57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="D57" s="3" t="s">
+        <v>32</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>55</v>
+      </c>
+      <c r="F57" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H57" s="9">
+        <v>5</v>
+      </c>
+      <c r="I57" s="14">
+        <f>DATE(YEAR(G57)+(H57),MONTH(G57),DAY(G57))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A58" s="9">
+        <v>1</v>
+      </c>
+      <c r="B58" s="10">
+        <v>730001730028</v>
+      </c>
+      <c r="C58" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="D58" s="3" t="s">
         <v>217</v>
       </c>
-      <c r="E57" s="3" t="s">
+      <c r="E58" s="3" t="s">
         <v>234</v>
       </c>
-      <c r="F57" s="11" t="s">
+      <c r="F58" s="11" t="s">
         <v>233</v>
       </c>
-      <c r="G57" s="12" t="s">
+      <c r="G58" s="12" t="s">
         <v>227</v>
       </c>
-      <c r="H57" s="9">
-[...3 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="H58" s="9">
+        <v>5</v>
+      </c>
+      <c r="I58" s="14">
+        <f>DATE(YEAR(G58)+(H58),MONTH(G58),DAY(G58))</f>
         <v>47423</v>
-      </c>
-[...28 lines deleted...]
-        <v>47788</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A59" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B59" s="10">
-        <v>730015790006</v>
+        <v>730004410023</v>
       </c>
       <c r="C59" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E59" s="3" t="s">
-        <v>246</v>
+        <v>95</v>
       </c>
       <c r="F59" s="11" t="s">
-        <v>247</v>
+        <v>96</v>
       </c>
       <c r="G59" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H59" s="9">
         <v>5</v>
       </c>
       <c r="I59" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G59)+(H59),MONTH(G59),DAY(G59))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A60" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B60" s="10">
-        <v>730001910026</v>
+        <v>730015790006</v>
       </c>
       <c r="C60" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D60" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E60" s="3" t="s">
-        <v>65</v>
+        <v>246</v>
       </c>
       <c r="F60" s="11" t="s">
-        <v>66</v>
+        <v>247</v>
       </c>
       <c r="G60" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H60" s="9">
         <v>5</v>
       </c>
       <c r="I60" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G60)+(H60),MONTH(G60),DAY(G60))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A61" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B61" s="10">
-        <v>730015280007</v>
+        <v>730001910026</v>
       </c>
       <c r="C61" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D61" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E61" s="3" t="s">
-        <v>146</v>
+        <v>65</v>
       </c>
       <c r="F61" s="11" t="s">
-        <v>147</v>
+        <v>66</v>
       </c>
       <c r="G61" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H61" s="9">
         <v>5</v>
       </c>
       <c r="I61" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G61)+(H61),MONTH(G61),DAY(G61))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A62" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B62" s="10">
-        <v>730002920024</v>
+        <v>730015280007</v>
       </c>
       <c r="C62" s="3" t="s">
         <v>0</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>78</v>
+        <v>146</v>
       </c>
       <c r="F62" s="11" t="s">
-        <v>79</v>
+        <v>147</v>
       </c>
       <c r="G62" s="12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="H62" s="9">
         <v>5</v>
       </c>
       <c r="I62" s="14">
-        <f t="shared" si="0"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G62)+(H62),MONTH(G62),DAY(G62))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A63" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B63" s="10">
-        <v>730001980016</v>
+        <v>730002920024</v>
       </c>
       <c r="C63" s="3" t="s">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="E63" s="3" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="F63" s="11" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="G63" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H63" s="9">
         <v>5</v>
       </c>
       <c r="I63" s="14">
-        <f t="shared" si="0"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G63)+(H63),MONTH(G63),DAY(G63))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A64" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B64" s="10">
-        <v>760006650014</v>
+        <v>730001980016</v>
       </c>
       <c r="C64" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>88</v>
+        <v>38</v>
       </c>
       <c r="E64" s="3" t="s">
-        <v>174</v>
+        <v>71</v>
       </c>
       <c r="F64" s="11" t="s">
-        <v>175</v>
+        <v>72</v>
       </c>
       <c r="G64" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H64" s="9">
         <v>5</v>
       </c>
       <c r="I64" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G64)+(H64),MONTH(G64),DAY(G64))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A65" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B65" s="10">
-        <v>730003600021</v>
+        <v>760006650014</v>
       </c>
       <c r="C65" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>224</v>
+        <v>88</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>87</v>
+        <v>174</v>
       </c>
       <c r="F65" s="11" t="s">
-        <v>280</v>
+        <v>175</v>
       </c>
       <c r="G65" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H65" s="9">
         <v>5</v>
       </c>
       <c r="I65" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G65)+(H65),MONTH(G65),DAY(G65))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A66" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B66" s="10">
-        <v>730004560018</v>
+        <v>730003600021</v>
       </c>
       <c r="C66" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>32</v>
+        <v>224</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>28</v>
+        <v>87</v>
       </c>
       <c r="F66" s="11" t="s">
-        <v>97</v>
+        <v>280</v>
       </c>
       <c r="G66" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H66" s="9">
         <v>5</v>
       </c>
       <c r="I66" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G66)+(H66),MONTH(G66),DAY(G66))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A67" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B67" s="10">
-        <v>760004720013</v>
+        <v>730004560018</v>
       </c>
       <c r="C67" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F67" s="11" t="s">
-        <v>170</v>
+        <v>97</v>
       </c>
       <c r="G67" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H67" s="9">
         <v>5</v>
       </c>
       <c r="I67" s="14">
-        <f t="shared" si="0"/>
+        <f>DATE(YEAR(G67)+(H67),MONTH(G67),DAY(G67))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A68" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B68" s="10">
-        <v>760003460009</v>
+        <v>760004720013</v>
       </c>
       <c r="C68" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
       <c r="F68" s="11" t="s">
-        <v>248</v>
+        <v>170</v>
       </c>
       <c r="G68" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H68" s="9">
         <v>5</v>
       </c>
       <c r="I68" s="14">
-        <f t="shared" si="0"/>
-[...3 lines deleted...]
-    <row r="69" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G68)+(H68),MONTH(G68),DAY(G68))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="69" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A69" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B69" s="10">
-        <v>730001660012</v>
+        <v>760003460009</v>
       </c>
       <c r="C69" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>59</v>
+        <v>169</v>
       </c>
       <c r="F69" s="11" t="s">
-        <v>60</v>
+        <v>248</v>
       </c>
       <c r="G69" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H69" s="9">
         <v>5</v>
       </c>
       <c r="I69" s="14">
-        <f t="shared" ref="I69:I130" si="1">DATE(YEAR(G69)+(H69),MONTH(G69),DAY(G69))</f>
-[...3 lines deleted...]
-    <row r="70" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G69)+(H69),MONTH(G69),DAY(G69))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="70" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A70" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B70" s="10">
-        <v>760012070006</v>
+        <v>730001660012</v>
       </c>
       <c r="C70" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>197</v>
+        <v>59</v>
       </c>
       <c r="F70" s="11" t="s">
-        <v>198</v>
+        <v>60</v>
       </c>
       <c r="G70" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H70" s="9">
         <v>5</v>
       </c>
       <c r="I70" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G70)+(H70),MONTH(G70),DAY(G70))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A71" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B71" s="10">
-        <v>730001650012</v>
+        <v>760012070006</v>
       </c>
       <c r="C71" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D71" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E71" s="3" t="s">
-        <v>57</v>
+        <v>197</v>
       </c>
       <c r="F71" s="11" t="s">
-        <v>58</v>
+        <v>198</v>
       </c>
       <c r="G71" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H71" s="9">
         <v>5</v>
       </c>
       <c r="I71" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G71)+(H71),MONTH(G71),DAY(G71))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A72" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B72" s="10">
+        <v>730001650012</v>
+      </c>
+      <c r="C72" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F72" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="G72" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H72" s="9">
+        <v>5</v>
+      </c>
+      <c r="I72" s="14">
+        <f>DATE(YEAR(G72)+(H72),MONTH(G72),DAY(G72))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A73" s="9">
+        <v>31</v>
+      </c>
+      <c r="B73" s="10">
         <v>730006790012</v>
       </c>
-      <c r="C72" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D72" s="3" t="s">
+      <c r="C73" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D73" s="3" t="s">
         <v>249</v>
       </c>
-      <c r="E72" s="3" t="s">
+      <c r="E73" s="3" t="s">
         <v>250</v>
       </c>
-      <c r="F72" s="11" t="s">
+      <c r="F73" s="11" t="s">
         <v>251</v>
       </c>
-      <c r="G72" s="12" t="s">
-[...14 lines deleted...]
-      <c r="B73" s="10">
+      <c r="G73" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H73" s="9">
+        <v>5</v>
+      </c>
+      <c r="I73" s="14">
+        <f>DATE(YEAR(G73)+(H73),MONTH(G73),DAY(G73))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="74" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="9">
+        <v>31</v>
+      </c>
+      <c r="B74" s="10">
         <v>730005690009</v>
       </c>
-      <c r="C73" s="3" t="s">
-[...2 lines deleted...]
-      <c r="D73" s="3" t="s">
+      <c r="C74" s="3" t="s">
+        <v>1</v>
+      </c>
+      <c r="D74" s="3" t="s">
         <v>219</v>
       </c>
-      <c r="E73" s="3" t="s">
+      <c r="E74" s="3" t="s">
         <v>109</v>
       </c>
-      <c r="F73" s="11" t="s">
+      <c r="F74" s="11" t="s">
         <v>252</v>
       </c>
-      <c r="G73" s="12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G74" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H74" s="9">
         <v>5</v>
       </c>
       <c r="I74" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G74)+(H74),MONTH(G74),DAY(G74))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A75" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B75" s="10">
-        <v>730008710010</v>
+        <v>760007560006</v>
       </c>
       <c r="C75" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D75" s="3" t="s">
-        <v>221</v>
+        <v>253</v>
       </c>
       <c r="E75" s="3" t="s">
-        <v>117</v>
+        <v>254</v>
       </c>
       <c r="F75" s="11" t="s">
-        <v>124</v>
+        <v>255</v>
       </c>
       <c r="G75" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H75" s="9">
         <v>5</v>
       </c>
       <c r="I75" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G75)+(H75),MONTH(G75),DAY(G75))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A76" s="9">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="B76" s="10">
-        <v>730007590013</v>
+        <v>730008710010</v>
       </c>
       <c r="C76" s="3" t="s">
         <v>1</v>
       </c>
       <c r="D76" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="E76" s="3" t="s">
         <v>117</v>
       </c>
       <c r="F76" s="11" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="G76" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H76" s="9">
         <v>5</v>
       </c>
       <c r="I76" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G76)+(H76),MONTH(G76),DAY(G76))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A77" s="9">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B77" s="10">
-        <v>730013900025</v>
+        <v>730007590013</v>
       </c>
       <c r="C77" s="3" t="s">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>38</v>
+        <v>220</v>
       </c>
       <c r="E77" s="3" t="s">
-        <v>134</v>
+        <v>117</v>
       </c>
       <c r="F77" s="11" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="G77" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H77" s="9">
         <v>5</v>
       </c>
       <c r="I77" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G77)+(H77),MONTH(G77),DAY(G77))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A78" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B78" s="10">
-        <v>730013780012</v>
+        <v>730013900025</v>
       </c>
       <c r="C78" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D78" s="3" t="s">
-        <v>62</v>
+        <v>38</v>
       </c>
       <c r="E78" s="3" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="F78" s="11" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="G78" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H78" s="9">
         <v>5</v>
       </c>
       <c r="I78" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G78)+(H78),MONTH(G78),DAY(G78))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A79" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B79" s="10">
-        <v>760006850007</v>
+        <v>730013780012</v>
       </c>
       <c r="C79" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E79" s="3" t="s">
-        <v>256</v>
+        <v>130</v>
       </c>
       <c r="F79" s="11" t="s">
-        <v>257</v>
+        <v>131</v>
       </c>
       <c r="G79" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H79" s="9">
         <v>5</v>
       </c>
       <c r="I79" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G79)+(H79),MONTH(G79),DAY(G79))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A80" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B80" s="10">
-        <v>730013790011</v>
+        <v>760006850007</v>
       </c>
       <c r="C80" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>62</v>
       </c>
       <c r="E80" s="3" t="s">
-        <v>132</v>
+        <v>256</v>
       </c>
       <c r="F80" s="11" t="s">
-        <v>133</v>
+        <v>257</v>
       </c>
       <c r="G80" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H80" s="9">
         <v>5</v>
       </c>
       <c r="I80" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G80)+(H80),MONTH(G80),DAY(G80))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A81" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B81" s="10">
-        <v>730014440014</v>
+        <v>730013790011</v>
       </c>
       <c r="C81" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>30</v>
+        <v>62</v>
       </c>
       <c r="E81" s="3" t="s">
-        <v>141</v>
+        <v>132</v>
       </c>
       <c r="F81" s="11" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="G81" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H81" s="9">
         <v>5</v>
       </c>
       <c r="I81" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="82" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G81)+(H81),MONTH(G81),DAY(G81))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="82" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A82" s="9">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>1</v>
+      </c>
+      <c r="B82" s="10">
+        <v>730014440014</v>
       </c>
       <c r="C82" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E82" s="3" t="s">
-        <v>200</v>
+        <v>141</v>
       </c>
       <c r="F82" s="11" t="s">
-        <v>201</v>
+        <v>140</v>
       </c>
       <c r="G82" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H82" s="9">
         <v>5</v>
       </c>
       <c r="I82" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="83" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G82)+(H82),MONTH(G82),DAY(G82))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="83" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A83" s="9">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>730005670013</v>
+        <v>1</v>
+      </c>
+      <c r="B83" s="10" t="s">
+        <v>258</v>
       </c>
       <c r="C83" s="3" t="s">
         <v>11</v>
       </c>
       <c r="D83" s="3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="E83" s="3" t="s">
-        <v>107</v>
+        <v>200</v>
       </c>
       <c r="F83" s="11" t="s">
-        <v>108</v>
+        <v>201</v>
       </c>
       <c r="G83" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H83" s="9">
         <v>5</v>
       </c>
       <c r="I83" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G83)+(H83),MONTH(G83),DAY(G83))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A84" s="9">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B84" s="10">
-        <v>730002130021</v>
+        <v>730005670013</v>
       </c>
       <c r="C84" s="3" t="s">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="D84" s="3" t="s">
-        <v>35</v>
+        <v>27</v>
       </c>
       <c r="E84" s="3" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="F84" s="11" t="s">
-        <v>259</v>
+        <v>108</v>
       </c>
       <c r="G84" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H84" s="9">
         <v>5</v>
       </c>
       <c r="I84" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G84)+(H84),MONTH(G84),DAY(G84))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A85" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B85" s="10">
-        <v>760000990019</v>
+        <v>730002130021</v>
       </c>
       <c r="C85" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D85" s="3" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E85" s="3" t="s">
-        <v>112</v>
+        <v>73</v>
       </c>
       <c r="F85" s="11" t="s">
-        <v>229</v>
+        <v>259</v>
       </c>
       <c r="G85" s="12" t="s">
-        <v>206</v>
+        <v>237</v>
       </c>
       <c r="H85" s="9">
         <v>5</v>
       </c>
       <c r="I85" s="14">
-        <f t="shared" si="1"/>
-        <v>46692</v>
+        <f>DATE(YEAR(G85)+(H85),MONTH(G85),DAY(G85))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A86" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B86" s="10">
-        <v>730003640017</v>
+        <v>760000990019</v>
       </c>
       <c r="C86" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E86" s="3" t="s">
-        <v>45</v>
+        <v>112</v>
       </c>
       <c r="F86" s="11" t="s">
-        <v>89</v>
+        <v>229</v>
       </c>
       <c r="G86" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H86" s="9">
         <v>5</v>
       </c>
       <c r="I86" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G86)+(H86),MONTH(G86),DAY(G86))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A87" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B87" s="10">
-        <v>760012290001</v>
+        <v>730003640017</v>
       </c>
       <c r="C87" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D87" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E87" s="3" t="s">
-        <v>196</v>
+        <v>45</v>
       </c>
       <c r="F87" s="11" t="s">
-        <v>199</v>
+        <v>89</v>
       </c>
       <c r="G87" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H87" s="9">
         <v>5</v>
       </c>
       <c r="I87" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G87)+(H87),MONTH(G87),DAY(G87))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A88" s="9">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="B88" s="10">
-        <v>730004980009</v>
+        <v>760012290001</v>
       </c>
       <c r="C88" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D88" s="3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E88" s="3" t="s">
-        <v>101</v>
+        <v>196</v>
       </c>
       <c r="F88" s="11" t="s">
-        <v>260</v>
+        <v>199</v>
       </c>
       <c r="G88" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H88" s="9">
         <v>5</v>
       </c>
       <c r="I88" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G88)+(H88),MONTH(G88),DAY(G88))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A89" s="9">
         <v>9</v>
       </c>
       <c r="B89" s="10">
-        <v>730015580005</v>
+        <v>730004980009</v>
       </c>
       <c r="C89" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D89" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E89" s="3" t="s">
-        <v>153</v>
+        <v>101</v>
       </c>
       <c r="F89" s="11" t="s">
-        <v>154</v>
+        <v>260</v>
       </c>
       <c r="G89" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H89" s="9">
         <v>5</v>
       </c>
       <c r="I89" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G89)+(H89),MONTH(G89),DAY(G89))</f>
         <v>46692</v>
       </c>
     </row>
-    <row r="90" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A90" s="9">
-        <v>31331</v>
+        <v>9</v>
       </c>
       <c r="B90" s="10">
-        <v>760011370002</v>
+        <v>730015580005</v>
       </c>
       <c r="C90" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D90" s="3" t="s">
-        <v>41</v>
+        <v>29</v>
       </c>
       <c r="E90" s="3" t="s">
-        <v>194</v>
+        <v>153</v>
       </c>
       <c r="F90" s="11" t="s">
-        <v>195</v>
+        <v>154</v>
       </c>
       <c r="G90" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H90" s="9">
         <v>5</v>
       </c>
       <c r="I90" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G90)+(H90),MONTH(G90),DAY(G90))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="91" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A91" s="9">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>12</v>
+      </c>
+      <c r="B91" s="10">
+        <v>760011370002</v>
       </c>
       <c r="C91" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D91" s="3" t="s">
-        <v>90</v>
+        <v>41</v>
       </c>
       <c r="E91" s="3" t="s">
-        <v>262</v>
+        <v>194</v>
       </c>
       <c r="F91" s="11" t="s">
-        <v>263</v>
+        <v>195</v>
       </c>
       <c r="G91" s="12" t="s">
-        <v>237</v>
+        <v>206</v>
       </c>
       <c r="H91" s="9">
         <v>5</v>
       </c>
       <c r="I91" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="92" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G91)+(H91),MONTH(G91),DAY(G91))</f>
+        <v>46692</v>
+      </c>
+    </row>
+    <row r="92" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A92" s="9">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>730002990007</v>
+        <v>31</v>
+      </c>
+      <c r="B92" s="10" t="s">
+        <v>261</v>
       </c>
       <c r="C92" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D92" s="3" t="s">
-        <v>264</v>
+        <v>90</v>
       </c>
       <c r="E92" s="3" t="s">
-        <v>265</v>
+        <v>262</v>
       </c>
       <c r="F92" s="11" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="G92" s="12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="H92" s="9">
         <v>5</v>
       </c>
       <c r="I92" s="14">
-        <f t="shared" si="1"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G92)+(H92),MONTH(G92),DAY(G92))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A93" s="9">
         <v>65</v>
       </c>
       <c r="B93" s="10">
-        <v>730005150010</v>
+        <v>730002990007</v>
       </c>
       <c r="C93" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>281</v>
+        <v>264</v>
       </c>
       <c r="E93" s="3" t="s">
-        <v>45</v>
+        <v>265</v>
       </c>
       <c r="F93" s="11" t="s">
-        <v>282</v>
+        <v>266</v>
       </c>
       <c r="G93" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H93" s="9">
         <v>5</v>
       </c>
       <c r="I93" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="94" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G93)+(H93),MONTH(G93),DAY(G93))</f>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="94" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A94" s="9">
-        <v>831</v>
+        <v>65</v>
       </c>
       <c r="B94" s="10">
-        <v>730005370010</v>
+        <v>730005150010</v>
       </c>
       <c r="C94" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D94" s="3" t="s">
-        <v>44</v>
+        <v>281</v>
       </c>
       <c r="E94" s="3" t="s">
-        <v>102</v>
+        <v>45</v>
       </c>
       <c r="F94" s="11" t="s">
-        <v>103</v>
+        <v>282</v>
       </c>
       <c r="G94" s="12" t="s">
-        <v>206</v>
+        <v>237</v>
       </c>
       <c r="H94" s="9">
         <v>5</v>
       </c>
       <c r="I94" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="95" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G94)+(H94),MONTH(G94),DAY(G94))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="95" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A95" s="9">
-        <v>831</v>
+        <v>81</v>
       </c>
       <c r="B95" s="10">
-        <v>730001180012</v>
+        <v>730005370010</v>
       </c>
       <c r="C95" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>44</v>
       </c>
       <c r="E95" s="3" t="s">
-        <v>45</v>
+        <v>102</v>
       </c>
       <c r="F95" s="11" t="s">
-        <v>267</v>
+        <v>103</v>
       </c>
       <c r="G95" s="12" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="H95" s="9">
         <v>5</v>
       </c>
       <c r="I95" s="14">
-        <f t="shared" si="1"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G95)+(H95),MONTH(G95),DAY(G95))</f>
+        <v>46692</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A96" s="9">
-        <v>831</v>
+        <v>81</v>
       </c>
       <c r="B96" s="10">
-        <v>730005720010</v>
+        <v>730001180012</v>
       </c>
       <c r="C96" s="3" t="s">
         <v>23</v>
       </c>
       <c r="D96" s="3" t="s">
-        <v>75</v>
+        <v>44</v>
       </c>
       <c r="E96" s="3" t="s">
-        <v>110</v>
+        <v>45</v>
       </c>
       <c r="F96" s="11" t="s">
-        <v>111</v>
+        <v>267</v>
       </c>
       <c r="G96" s="12" t="s">
-        <v>206</v>
+        <v>227</v>
       </c>
       <c r="H96" s="9">
         <v>5</v>
       </c>
       <c r="I96" s="14">
-        <f t="shared" si="1"/>
-        <v>46692</v>
+        <f>DATE(YEAR(G96)+(H96),MONTH(G96),DAY(G96))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A97" s="9">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="B97" s="10">
-        <v>730000890013</v>
+        <v>730005720010</v>
       </c>
       <c r="C97" s="3" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="D97" s="3" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="E97" s="3" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="F97" s="11" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="G97" s="12" t="s">
-        <v>227</v>
+        <v>206</v>
       </c>
       <c r="H97" s="9">
         <v>5</v>
       </c>
       <c r="I97" s="14">
-        <f t="shared" si="1"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G97)+(H97),MONTH(G97),DAY(G97))</f>
+        <v>46692</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A98" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B98" s="10">
-        <v>760000990029</v>
+        <v>730000890013</v>
       </c>
       <c r="C98" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D98" s="3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E98" s="3" t="s">
-        <v>112</v>
+        <v>39</v>
       </c>
       <c r="F98" s="11" t="s">
-        <v>223</v>
+        <v>40</v>
       </c>
       <c r="G98" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H98" s="9">
         <v>5</v>
       </c>
       <c r="I98" s="14">
-        <f t="shared" si="1"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G98)+(H98),MONTH(G98),DAY(G98))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A99" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B99" s="10">
-        <v>760005100004</v>
+        <v>760000990029</v>
       </c>
       <c r="C99" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D99" s="3" t="s">
-        <v>226</v>
+        <v>32</v>
       </c>
       <c r="E99" s="3" t="s">
-        <v>172</v>
+        <v>112</v>
       </c>
       <c r="F99" s="11" t="s">
-        <v>173</v>
+        <v>223</v>
       </c>
       <c r="G99" s="12" t="s">
-        <v>206</v>
+        <v>237</v>
       </c>
       <c r="H99" s="9">
         <v>5</v>
       </c>
       <c r="I99" s="14">
-        <f t="shared" si="1"/>
-        <v>46692</v>
+        <f>DATE(YEAR(G99)+(H99),MONTH(G99),DAY(G99))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A100" s="9">
         <v>9</v>
       </c>
       <c r="B100" s="10">
         <v>760010030002</v>
       </c>
       <c r="C100" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>29</v>
       </c>
       <c r="E100" s="3" t="s">
         <v>192</v>
       </c>
       <c r="F100" s="11" t="s">
         <v>193</v>
       </c>
       <c r="G100" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H100" s="9">
         <v>5</v>
       </c>
       <c r="I100" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G100)+(H100),MONTH(G100),DAY(G100))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A101" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B101" s="10">
         <v>760009970002</v>
       </c>
       <c r="C101" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>90</v>
       </c>
       <c r="E101" s="3" t="s">
         <v>188</v>
       </c>
       <c r="F101" s="11" t="s">
         <v>189</v>
       </c>
       <c r="G101" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H101" s="9">
         <v>5</v>
       </c>
       <c r="I101" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G101)+(H101),MONTH(G101),DAY(G101))</f>
         <v>46692</v>
       </c>
     </row>
-    <row r="102" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A102" s="9">
-        <v>831</v>
+        <v>31</v>
       </c>
       <c r="B102" s="10">
-        <v>760002470003</v>
+        <v>760005100004</v>
       </c>
       <c r="C102" s="3" t="s">
         <v>15</v>
       </c>
       <c r="D102" s="3" t="s">
-        <v>75</v>
+        <v>226</v>
       </c>
       <c r="E102" s="3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="F102" s="11" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="G102" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H102" s="9">
         <v>5</v>
       </c>
       <c r="I102" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G102)+(H102),MONTH(G102),DAY(G102))</f>
         <v>46692</v>
       </c>
     </row>
-    <row r="103" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A103" s="9">
-        <v>31</v>
+        <v>81</v>
       </c>
       <c r="B103" s="10">
-        <v>730000830010</v>
+        <v>760002470003</v>
       </c>
       <c r="C103" s="3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="D103" s="3" t="s">
-        <v>38</v>
+        <v>75</v>
       </c>
       <c r="E103" s="3" t="s">
-        <v>33</v>
+        <v>167</v>
       </c>
       <c r="F103" s="11" t="s">
-        <v>34</v>
+        <v>168</v>
       </c>
       <c r="G103" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H103" s="9">
         <v>5</v>
       </c>
       <c r="I103" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G103)+(H103),MONTH(G103),DAY(G103))</f>
         <v>46692</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A104" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B104" s="10">
-        <v>730007430006</v>
+        <v>730000830010</v>
       </c>
       <c r="C104" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D104" s="3" t="s">
-        <v>122</v>
+        <v>38</v>
       </c>
       <c r="E104" s="3" t="s">
-        <v>121</v>
+        <v>33</v>
       </c>
       <c r="F104" s="11" t="s">
-        <v>123</v>
+        <v>34</v>
       </c>
       <c r="G104" s="12" t="s">
         <v>206</v>
       </c>
       <c r="H104" s="9">
         <v>5</v>
       </c>
       <c r="I104" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G104)+(H104),MONTH(G104),DAY(G104))</f>
         <v>46692</v>
       </c>
     </row>
-    <row r="105" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A105" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B105" s="10">
-        <v>760005110007</v>
+        <v>730007430006</v>
       </c>
       <c r="C105" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D105" s="3" t="s">
-        <v>268</v>
+        <v>122</v>
       </c>
       <c r="E105" s="3" t="s">
-        <v>269</v>
+        <v>121</v>
       </c>
       <c r="F105" s="11" t="s">
-        <v>270</v>
+        <v>123</v>
       </c>
       <c r="G105" s="12" t="s">
-        <v>237</v>
+        <v>206</v>
       </c>
       <c r="H105" s="9">
         <v>5</v>
       </c>
       <c r="I105" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="106" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G105)+(H105),MONTH(G105),DAY(G105))</f>
+        <v>46692</v>
+      </c>
+    </row>
+    <row r="106" spans="1:9" s="15" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A106" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B106" s="10">
-        <v>760010020003</v>
+        <v>760005110007</v>
       </c>
       <c r="C106" s="3" t="s">
         <v>12</v>
       </c>
       <c r="D106" s="3" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E106" s="3" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="F106" s="11" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="G106" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H106" s="9">
         <v>5</v>
       </c>
       <c r="I106" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G106)+(H106),MONTH(G106),DAY(G106))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="107" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A107" s="9">
         <v>31</v>
       </c>
       <c r="B107" s="10">
-        <v>730013900026</v>
+        <v>760010020003</v>
       </c>
       <c r="C107" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D107" s="3" t="s">
-        <v>38</v>
+        <v>271</v>
       </c>
       <c r="E107" s="3" t="s">
-        <v>134</v>
+        <v>272</v>
       </c>
       <c r="F107" s="11" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
       <c r="G107" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H107" s="9">
         <v>5</v>
       </c>
       <c r="I107" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G107)+(H107),MONTH(G107),DAY(G107))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="108" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A108" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B108" s="10">
-        <v>730001450025</v>
+        <v>730013900026</v>
       </c>
       <c r="C108" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D108" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E108" s="3" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="F108" s="11" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="G108" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H108" s="9">
         <v>5</v>
       </c>
       <c r="I108" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="109" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G108)+(H108),MONTH(G108),DAY(G108))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="109" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A109" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B109" s="10">
-        <v>760006840004</v>
+        <v>730001450025</v>
       </c>
       <c r="C109" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D109" s="3" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="E109" s="3" t="s">
-        <v>283</v>
+        <v>51</v>
       </c>
       <c r="F109" s="11" t="s">
-        <v>284</v>
+        <v>52</v>
       </c>
       <c r="G109" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H109" s="9">
         <v>5</v>
       </c>
       <c r="I109" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="110" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G109)+(H109),MONTH(G109),DAY(G109))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="110" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A110" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B110" s="10">
         <v>760000990030</v>
       </c>
       <c r="C110" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>32</v>
       </c>
       <c r="E110" s="3" t="s">
         <v>152</v>
       </c>
       <c r="F110" s="11" t="s">
         <v>225</v>
       </c>
       <c r="G110" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H110" s="9">
         <v>5</v>
       </c>
       <c r="I110" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G110)+(H110),MONTH(G110),DAY(G110))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="111" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A111" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B111" s="10">
         <v>730002910014</v>
       </c>
       <c r="C111" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E111" s="3" t="s">
         <v>76</v>
       </c>
       <c r="F111" s="11" t="s">
         <v>77</v>
       </c>
       <c r="G111" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H111" s="9">
         <v>5</v>
       </c>
       <c r="I111" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="112" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G111)+(H111),MONTH(G111),DAY(G111))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="112" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A112" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B112" s="10">
-        <v>730001690027</v>
+        <v>760006840004</v>
       </c>
       <c r="C112" s="3" t="s">
         <v>13</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>30</v>
       </c>
       <c r="E112" s="3" t="s">
+        <v>283</v>
+      </c>
+      <c r="F112" s="11" t="s">
+        <v>284</v>
+      </c>
+      <c r="G112" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H112" s="9">
+        <v>5</v>
+      </c>
+      <c r="I112" s="14">
+        <f>DATE(YEAR(G112)+(H112),MONTH(G112),DAY(G112))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="113" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A113" s="9">
+        <v>1</v>
+      </c>
+      <c r="B113" s="10">
+        <v>730001690027</v>
+      </c>
+      <c r="C113" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E113" s="3" t="s">
         <v>61</v>
       </c>
-      <c r="F112" s="11" t="s">
+      <c r="F113" s="11" t="s">
         <v>274</v>
       </c>
-      <c r="G112" s="12" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="G113" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H113" s="9">
         <v>5</v>
       </c>
       <c r="I113" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G113)+(H113),MONTH(G113),DAY(G113))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="114" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A114" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B114" s="10">
-        <v>730001400023</v>
+        <v>730001900040</v>
       </c>
       <c r="C114" s="3" t="s">
         <v>14</v>
       </c>
       <c r="D114" s="3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E114" s="3" t="s">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="F114" s="11" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="G114" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H114" s="9">
         <v>5</v>
       </c>
       <c r="I114" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G114)+(H114),MONTH(G114),DAY(G114))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="115" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A115" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B115" s="10">
-        <v>730004410024</v>
+        <v>730001400023</v>
       </c>
       <c r="C115" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D115" s="3" t="s">
-        <v>38</v>
+        <v>30</v>
       </c>
       <c r="E115" s="3" t="s">
-        <v>95</v>
+        <v>46</v>
       </c>
       <c r="F115" s="11" t="s">
-        <v>96</v>
+        <v>47</v>
       </c>
       <c r="G115" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H115" s="9">
         <v>5</v>
       </c>
       <c r="I115" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="116" spans="1:9" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G115)+(H115),MONTH(G115),DAY(G115))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="116" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A116" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B116" s="10">
-        <v>760009880006</v>
+        <v>730001370017</v>
       </c>
       <c r="C116" s="3" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="D116" s="3" t="s">
-        <v>50</v>
+        <v>216</v>
       </c>
       <c r="E116" s="3" t="s">
-        <v>65</v>
+        <v>285</v>
       </c>
       <c r="F116" s="11" t="s">
-        <v>187</v>
+        <v>286</v>
       </c>
       <c r="G116" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H116" s="9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I116" s="14">
-        <f t="shared" si="1"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G116)+(H116),MONTH(G116),DAY(G116))</f>
+        <v>48153</v>
       </c>
     </row>
     <row r="117" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A117" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B117" s="10">
-        <v>730001910027</v>
+        <v>730004410024</v>
       </c>
       <c r="C117" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="3" t="s">
-        <v>50</v>
+        <v>38</v>
       </c>
       <c r="E117" s="3" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="F117" s="11" t="s">
-        <v>66</v>
+        <v>96</v>
       </c>
       <c r="G117" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H117" s="9">
         <v>5</v>
       </c>
       <c r="I117" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G117)+(H117),MONTH(G117),DAY(G117))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="118" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A118" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B118" s="10">
-        <v>730002920029</v>
+        <v>760009880006</v>
       </c>
       <c r="C118" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>50</v>
       </c>
       <c r="E118" s="3" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="F118" s="11" t="s">
-        <v>79</v>
+        <v>187</v>
       </c>
       <c r="G118" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H118" s="9">
         <v>5</v>
       </c>
       <c r="I118" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G118)+(H118),MONTH(G118),DAY(G118))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="119" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A119" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B119" s="10">
-        <v>730015390024</v>
+        <v>730001910027</v>
       </c>
       <c r="C119" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="3" t="s">
-        <v>88</v>
+        <v>50</v>
       </c>
       <c r="E119" s="3" t="s">
-        <v>150</v>
+        <v>65</v>
       </c>
       <c r="F119" s="11" t="s">
-        <v>151</v>
+        <v>66</v>
       </c>
       <c r="G119" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H119" s="9">
         <v>5</v>
       </c>
       <c r="I119" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G119)+(H119),MONTH(G119),DAY(G119))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="120" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A120" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B120" s="10">
-        <v>730003300018</v>
+        <v>730002920029</v>
       </c>
       <c r="C120" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="3" t="s">
-        <v>32</v>
+        <v>50</v>
       </c>
       <c r="E120" s="3" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F120" s="11" t="s">
-        <v>215</v>
+        <v>79</v>
       </c>
       <c r="G120" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H120" s="9">
         <v>5</v>
       </c>
       <c r="I120" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G120)+(H120),MONTH(G120),DAY(G120))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="121" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A121" s="9">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="B121" s="10">
-        <v>760001310007</v>
+        <v>730015390024</v>
       </c>
       <c r="C121" s="3" t="s">
         <v>16</v>
       </c>
       <c r="D121" s="3" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="E121" s="3" t="s">
-        <v>275</v>
+        <v>150</v>
       </c>
       <c r="F121" s="11" t="s">
-        <v>276</v>
+        <v>151</v>
       </c>
       <c r="G121" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H121" s="9">
         <v>5</v>
       </c>
       <c r="I121" s="14">
-        <f t="shared" si="1"/>
-[...3 lines deleted...]
-    <row r="122" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <f>DATE(YEAR(G121)+(H121),MONTH(G121),DAY(G121))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="122" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A122" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B122" s="10">
-        <v>730004620005</v>
+        <v>730003300018</v>
       </c>
       <c r="C122" s="3" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D122" s="3" t="s">
-        <v>226</v>
+        <v>32</v>
       </c>
       <c r="E122" s="3" t="s">
-        <v>98</v>
+        <v>81</v>
       </c>
       <c r="F122" s="11" t="s">
-        <v>99</v>
+        <v>215</v>
       </c>
       <c r="G122" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H122" s="9">
         <v>5</v>
       </c>
       <c r="I122" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G122)+(H122),MONTH(G122),DAY(G122))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="123" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A123" s="9">
-        <v>331</v>
+        <v>1</v>
       </c>
       <c r="B123" s="10">
+        <v>760001310007</v>
+      </c>
+      <c r="C123" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D123" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E123" s="3" t="s">
+        <v>275</v>
+      </c>
+      <c r="F123" s="11" t="s">
+        <v>276</v>
+      </c>
+      <c r="G123" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H123" s="9">
+        <v>5</v>
+      </c>
+      <c r="I123" s="14">
+        <f>DATE(YEAR(G123)+(H123),MONTH(G123),DAY(G123))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="124" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A124" s="9">
+        <v>31</v>
+      </c>
+      <c r="B124" s="10">
         <v>760007610003</v>
-      </c>
-[...28 lines deleted...]
-        <v>760007600003</v>
       </c>
       <c r="C124" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D124" s="3" t="s">
-        <v>164</v>
+        <v>178</v>
       </c>
       <c r="E124" s="3" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="F124" s="11" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="G124" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H124" s="9">
         <v>5</v>
       </c>
       <c r="I124" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G124)+(H124),MONTH(G124),DAY(G124))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="125" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A125" s="9">
-        <v>331</v>
+        <v>31</v>
       </c>
       <c r="B125" s="10">
-        <v>760002230004</v>
+        <v>760007600003</v>
       </c>
       <c r="C125" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>164</v>
       </c>
       <c r="E125" s="3" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-        <v>166</v>
+        <v>176</v>
+      </c>
+      <c r="F125" s="11" t="s">
+        <v>177</v>
       </c>
       <c r="G125" s="12" t="s">
         <v>237</v>
       </c>
       <c r="H125" s="9">
         <v>5</v>
       </c>
       <c r="I125" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G125)+(H125),MONTH(G125),DAY(G125))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="126" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A126" s="9">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>31</v>
+      </c>
+      <c r="B126" s="10">
+        <v>760002230004</v>
       </c>
       <c r="C126" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>164</v>
       </c>
       <c r="E126" s="3" t="s">
-        <v>211</v>
+        <v>165</v>
       </c>
       <c r="F126" s="16" t="s">
-        <v>212</v>
+        <v>166</v>
       </c>
       <c r="G126" s="12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="H126" s="9">
         <v>5</v>
       </c>
       <c r="I126" s="14">
-        <f t="shared" si="1"/>
-        <v>47423</v>
+        <f>DATE(YEAR(G126)+(H126),MONTH(G126),DAY(G126))</f>
+        <v>47788</v>
       </c>
     </row>
     <row r="127" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A127" s="9">
-        <v>331</v>
-[...2 lines deleted...]
-        <v>760007620003</v>
+        <v>31</v>
+      </c>
+      <c r="B127" s="10" t="s">
+        <v>236</v>
       </c>
       <c r="C127" s="3" t="s">
         <v>17</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>181</v>
+        <v>164</v>
       </c>
       <c r="E127" s="3" t="s">
-        <v>182</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>211</v>
+      </c>
+      <c r="F127" s="16" t="s">
+        <v>212</v>
       </c>
       <c r="G127" s="12" t="s">
-        <v>237</v>
+        <v>227</v>
       </c>
       <c r="H127" s="9">
         <v>5</v>
       </c>
       <c r="I127" s="14">
-        <f t="shared" si="1"/>
-        <v>47788</v>
+        <f>DATE(YEAR(G127)+(H127),MONTH(G127),DAY(G127))</f>
+        <v>47423</v>
       </c>
     </row>
     <row r="128" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A128" s="9">
         <v>31</v>
       </c>
-      <c r="B128" s="18">
-        <v>730014670009</v>
+      <c r="B128" s="10">
+        <v>760007620003</v>
       </c>
       <c r="C128" s="3" t="s">
-        <v>18</v>
-[...8 lines deleted...]
-        <v>145</v>
+        <v>17</v>
+      </c>
+      <c r="D128" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="E128" s="3" t="s">
+        <v>182</v>
+      </c>
+      <c r="F128" s="11" t="s">
+        <v>183</v>
       </c>
       <c r="G128" s="12" t="s">
         <v>237</v>
       </c>
-      <c r="H128" s="17">
+      <c r="H128" s="9">
         <v>5</v>
       </c>
       <c r="I128" s="14">
-        <f t="shared" si="1"/>
+        <f>DATE(YEAR(G128)+(H128),MONTH(G128),DAY(G128))</f>
         <v>47788</v>
       </c>
     </row>
     <row r="129" spans="1:9" x14ac:dyDescent="0.25">
       <c r="A129" s="9">
         <v>31</v>
       </c>
-      <c r="B129" s="18">
+      <c r="B129" s="10">
+        <v>730004620005</v>
+      </c>
+      <c r="C129" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D129" s="3" t="s">
+        <v>226</v>
+      </c>
+      <c r="E129" s="3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F129" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="G129" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H129" s="9">
+        <v>5</v>
+      </c>
+      <c r="I129" s="14">
+        <f>DATE(YEAR(G129)+(H129),MONTH(G129),DAY(G129))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="130" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A130" s="9">
+        <v>1</v>
+      </c>
+      <c r="B130" s="18">
+        <v>730014670009</v>
+      </c>
+      <c r="C130" s="3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D130" s="19" t="s">
+        <v>38</v>
+      </c>
+      <c r="E130" s="19" t="s">
+        <v>144</v>
+      </c>
+      <c r="F130" s="20" t="s">
+        <v>145</v>
+      </c>
+      <c r="G130" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H130" s="17">
+        <v>5</v>
+      </c>
+      <c r="I130" s="14">
+        <f>DATE(YEAR(G130)+(H130),MONTH(G130),DAY(G130))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="131" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A131" s="9">
+        <v>1</v>
+      </c>
+      <c r="B131" s="18">
         <v>730005400011</v>
       </c>
-      <c r="C129" s="3" t="s">
+      <c r="C131" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="D129" s="19" t="s">
+      <c r="D131" s="19" t="s">
         <v>38</v>
       </c>
-      <c r="E129" s="19" t="s">
+      <c r="E131" s="19" t="s">
         <v>104</v>
       </c>
-      <c r="F129" s="20" t="s">
+      <c r="F131" s="20" t="s">
         <v>105</v>
       </c>
-      <c r="G129" s="12" t="s">
-[...14 lines deleted...]
-      <c r="B130" s="22">
+      <c r="G131" s="12" t="s">
+        <v>237</v>
+      </c>
+      <c r="H131" s="17">
+        <v>5</v>
+      </c>
+      <c r="I131" s="14">
+        <f>DATE(YEAR(G131)+(H131),MONTH(G131),DAY(G131))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="132" spans="1:9" x14ac:dyDescent="0.25">
+      <c r="A132" s="21">
+        <v>1</v>
+      </c>
+      <c r="B132" s="22">
         <v>730006540009</v>
       </c>
-      <c r="C130" s="23" t="s">
+      <c r="C132" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="D130" s="23" t="s">
+      <c r="D132" s="23" t="s">
         <v>38</v>
       </c>
-      <c r="E130" s="23" t="s">
+      <c r="E132" s="23" t="s">
         <v>115</v>
       </c>
-      <c r="F130" s="24" t="s">
+      <c r="F132" s="24" t="s">
         <v>116</v>
       </c>
-      <c r="G130" s="25" t="s">
-[...6 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="G132" s="25" t="s">
+        <v>237</v>
+      </c>
+      <c r="H132" s="21">
+        <v>5</v>
+      </c>
+      <c r="I132" s="26">
+        <f>DATE(YEAR(G132)+(H132),MONTH(G132),DAY(G132))</f>
         <v>47788</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="He2hCyyjyYygZv9fED0f3Fo76TrDo1g41bSzgm6nSK7V+UEJQmpE4BKn6OHd14tcPr/Kb+PuXPE1l10Ce6k+TA==" saltValue="OsPDJX112CPQrm/bksP9Gw==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
-[...2 lines deleted...]
-      <sortCondition ref="C4:C129"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="I6IQ5hXtKWT2R8uKESQuxJ3GTuB7MZ6DCIVDmLpmzSNQ8z7Bjr+SZO+sW1I12xu/juAZ5QTJUi+hC0cgBrTkhg==" saltValue="XxyL488VKMKNKf3GNJ5WDQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
+  <autoFilter ref="A4:I132" xr:uid="{00000000-0009-0000-0000-000001000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A5:I132">
+      <sortCondition ref="C4:C132"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
   </mergeCells>
+  <phoneticPr fontId="7" type="noConversion"/>
   <dataValidations count="5">
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Date semestre début" prompt="saisir la date du début de l'agrément, au format JJ/MM/AAAA." sqref="G131:G3077" xr:uid="{628EE03F-7345-4336-95AF-B12B04330F88}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Date semestre début" prompt="saisir la date du début de l'agrément, au format JJ/MM/AAAA." sqref="G133:G3079" xr:uid="{628EE03F-7345-4336-95AF-B12B04330F88}">
       <formula1>10</formula1>
     </dataValidation>
-    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Remplir" prompt="Sélectionner le code de la spécialité d'agrément dans le menu déroulant." sqref="D128:F130" xr:uid="{9E13C199-27F1-4FB7-8E90-BF2FFF78817F}"/>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Durée de l'agrément" prompt="saisir le nombre d'années de la durée de l'agrement (1 ou 5)." sqref="H48:H3077 H14 H5:H11 H16:H45" xr:uid="{BD308C03-77DB-4D4D-A1D7-9C46628CA5A8}">
+    <dataValidation allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Remplir" prompt="Sélectionner le code de la spécialité d'agrément dans le menu déroulant." sqref="D130:F132" xr:uid="{9E13C199-27F1-4FB7-8E90-BF2FFF78817F}"/>
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Durée de l'agrément" prompt="saisir le nombre d'années de la durée de l'agrement (1 ou 5)." sqref="H16:H46 H14 H5:H11 H49:H3079" xr:uid="{BD308C03-77DB-4D4D-A1D7-9C46628CA5A8}">
       <formula1>"1,5"</formula1>
     </dataValidation>
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Remplir" prompt="Sélectionner le code de la spécialité d'agrément dans le menu déroulant." sqref="D131:F3075 C131:C3076 A131:A3076" xr:uid="{B1F3E0AC-D54C-4D82-8BD3-EE799214E549}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Remplir" prompt="Sélectionner le code de la spécialité d'agrément dans le menu déroulant." sqref="D133:F3077 C133:C3078 A133:A3078" xr:uid="{B1F3E0AC-D54C-4D82-8BD3-EE799214E549}">
       <formula1>FormationValues</formula1>
     </dataValidation>
-    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Numéro d'agrément" prompt="saisir le numéro d'agrément s'il existe déjà; laisser vide s'il s'agit d'une création. SiiMOP attribue un numéro automatiquement au format suivant: numéro terrain + compteur à quatre chiffres; exemple: GR0000280004. Format compatible IMOtEP." sqref="B96:B3077 B92:B94 B63:B88 B14:B21 B48:B61 B5:B11 B23:B45" xr:uid="{657B07FD-74D9-4747-BCAF-E0C69EADC68A}">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" promptTitle="Numéro d'agrément" prompt="saisir le numéro d'agrément s'il existe déjà; laisser vide s'il s'agit d'une création. SiiMOP attribue un numéro automatiquement au format suivant: numéro terrain + compteur à quatre chiffres; exemple: GR0000280004. Format compatible IMOtEP." sqref="B97:B3079 B93:B95 B64:B89 B14:B22 B49:B62 B5:B11 B24:B46" xr:uid="{657B07FD-74D9-4747-BCAF-E0C69EADC68A}">
       <formula1>12</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>