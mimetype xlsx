--- v0 (2025-10-14)
+++ v1 (2026-03-16)
@@ -1,152 +1,155 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Desktop\Pour PAPS\Nov 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\Agréments\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F5C5A7A9-CB82-4B6B-8088-4D3AB0F8CEE6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{DAD10354-0226-4AFC-969A-3B653E835FB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="1305" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="MTP" sheetId="3" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="FormationValues">[1]Formations!$A$2:$A$114</definedName>
     <definedName name="IndicationValues">[1]Indications!$B$2:$B$24</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="M46" i="3" l="1"/>
-[...46 lines deleted...]
-  <c r="M52" i="3"/>
+  <c r="O54" i="3" l="1"/>
+  <c r="O46" i="3"/>
+  <c r="O22" i="3"/>
+  <c r="O53" i="3"/>
+  <c r="O33" i="3" l="1"/>
+  <c r="O29" i="3"/>
+  <c r="O26" i="3"/>
+  <c r="O28" i="3"/>
+  <c r="O25" i="3"/>
+  <c r="O32" i="3"/>
+  <c r="O34" i="3"/>
+  <c r="O19" i="3"/>
+  <c r="O18" i="3"/>
+  <c r="O48" i="3"/>
+  <c r="O44" i="3"/>
+  <c r="O42" i="3"/>
+  <c r="O41" i="3"/>
+  <c r="O40" i="3"/>
+  <c r="O39" i="3"/>
+  <c r="O37" i="3"/>
+  <c r="O36" i="3"/>
+  <c r="O38" i="3"/>
+  <c r="O43" i="3"/>
+  <c r="O35" i="3"/>
+  <c r="O13" i="3"/>
+  <c r="O15" i="3"/>
+  <c r="O14" i="3"/>
+  <c r="O12" i="3"/>
+  <c r="O9" i="3"/>
+  <c r="O16" i="3" l="1"/>
+  <c r="O6" i="3" l="1"/>
+  <c r="O7" i="3" l="1"/>
+  <c r="O8" i="3"/>
+  <c r="O10" i="3"/>
+  <c r="O11" i="3"/>
+  <c r="O23" i="3"/>
+  <c r="O31" i="3"/>
+  <c r="O21" i="3"/>
+  <c r="O27" i="3"/>
+  <c r="O30" i="3"/>
+  <c r="O17" i="3"/>
+  <c r="O20" i="3"/>
+  <c r="O24" i="3"/>
+  <c r="O45" i="3"/>
+  <c r="O50" i="3"/>
+  <c r="O51" i="3"/>
+  <c r="O49" i="3"/>
+  <c r="O52" i="3"/>
+  <c r="O47" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="466" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="483" uniqueCount="150">
   <si>
     <t>PHASE</t>
   </si>
   <si>
+    <t>N°Terrain</t>
+  </si>
+  <si>
     <t>Nom de l’établissement</t>
   </si>
   <si>
     <t>Nom du Terrain</t>
   </si>
   <si>
     <t>Responsable du terrain (RTS)</t>
   </si>
   <si>
     <t>Phase socle (P1)</t>
   </si>
   <si>
     <t>Phase d'approfondissement (P2)</t>
   </si>
   <si>
     <t>Phase de consolidation (P3) DJ</t>
   </si>
   <si>
     <t>Début semestre valide</t>
   </si>
   <si>
     <t>CH Alès</t>
   </si>
   <si>
     <t>Laboratoire de biologie</t>
@@ -163,86 +166,77 @@
   <si>
     <t>CH Bassin de Thau</t>
   </si>
   <si>
     <t>CH Béziers</t>
   </si>
   <si>
     <t>NON</t>
   </si>
   <si>
     <t>01/05/2022</t>
   </si>
   <si>
     <t>IRMB</t>
   </si>
   <si>
     <t>Laboratoire de bactériologie virologie</t>
   </si>
   <si>
     <t>Biologie de la reproduction</t>
   </si>
   <si>
     <t>Génétique chromosomique</t>
   </si>
   <si>
-    <t>Biopathologie cellulaire et tissulaire</t>
-[...1 lines deleted...]
-  <si>
     <t>Laboratoire de biochimie - BEDR</t>
   </si>
   <si>
     <t>Pharmacologie médicale et Toxicologie</t>
   </si>
   <si>
     <t>Laboratoire de biochimie</t>
   </si>
   <si>
     <t>Département de Physiologie clinique</t>
   </si>
   <si>
     <t>Département d'hématologie biologique</t>
   </si>
   <si>
     <t>01/11/2022</t>
   </si>
   <si>
     <t>01/11/2021</t>
   </si>
   <si>
     <t>Unité de thérapie cellulaire</t>
   </si>
   <si>
     <t>Laboratoire de virologie</t>
   </si>
   <si>
-    <t xml:space="preserve">Génétique moléculaire hématologie </t>
-[...4 lines deleted...]
-  <si>
     <t>Laboratoire de Parasitologie-Mycologie</t>
   </si>
   <si>
     <t xml:space="preserve">Suivie des thérapies innovantes </t>
   </si>
   <si>
     <t>Laboratoire d'Immunologie</t>
   </si>
   <si>
     <t>Laboratoire de Virologie</t>
   </si>
   <si>
     <t>Laboratoire de bactériologie</t>
   </si>
   <si>
     <t>Laboratoire d'Hématologie</t>
   </si>
   <si>
     <t>Microbiologie et hygiène hospitalière</t>
   </si>
   <si>
     <t xml:space="preserve">Laboratoire de Parasitologie mycologie </t>
   </si>
   <si>
     <t>Etablissement Français du Sang Occitanie</t>
@@ -250,331 +244,379 @@
   <si>
     <t>Laboratoire Immunologie-Hématologie</t>
   </si>
   <si>
     <t>Biochimie, protéomique clinique</t>
   </si>
   <si>
     <t>Plateau technique de Garosud</t>
   </si>
   <si>
     <t>Laboratoire LABOSUD IMAGENOME</t>
   </si>
   <si>
     <t>Département analytique</t>
   </si>
   <si>
     <t>Laboratoire MEDILAB 66 Montredon des Corbières</t>
   </si>
   <si>
     <t>Laboratoire MEDILAB Montredon des Corbières</t>
   </si>
   <si>
     <t>01/05/2023</t>
   </si>
   <si>
+    <t>MO001377</t>
+  </si>
+  <si>
     <t>MO0013770001</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Subdivision</t>
   </si>
   <si>
     <t>OPTION</t>
   </si>
   <si>
     <t>Biologie générale</t>
   </si>
   <si>
     <t>Agent infectieux</t>
   </si>
   <si>
     <t>Hématologie et Immunologie</t>
   </si>
   <si>
     <t>Médecine moléculaire, génétique et pharmacologie</t>
   </si>
   <si>
     <t>Montpellier</t>
   </si>
   <si>
     <t>Laboratoire LABOSUD (Garosud)</t>
   </si>
   <si>
     <t xml:space="preserve">A renouveler pour le </t>
   </si>
   <si>
     <t>Laboratoire de biologie Millau/Saint-Affrique</t>
   </si>
   <si>
     <t>Laboratoire d'hématologie - Centre de référence Maladies rares du globule rouge</t>
   </si>
   <si>
     <t>Laboratoire de biochimie et biologie moléculaire - Domaine Pharmaco-toxicologie</t>
   </si>
   <si>
     <t>Laboratoire de biochimie moléculaire Domaine génétique moléculaire</t>
   </si>
   <si>
-    <t xml:space="preserve">Laboratoire de Cytogénétique </t>
+    <t>MO001586</t>
   </si>
   <si>
     <t>Laboratoire de procréation médicalement assistée</t>
   </si>
   <si>
     <t>Laboratoire de biochimie et biologie moléculaire - domaine biochimie</t>
   </si>
   <si>
+    <t>MO001587</t>
+  </si>
+  <si>
     <t>MO0015870001</t>
   </si>
   <si>
     <t>MARTY Sophie</t>
   </si>
   <si>
     <t>COURREGE Jean-Michel</t>
   </si>
   <si>
     <t>BARRANS Alain</t>
   </si>
   <si>
     <t>OBIOLS Julien</t>
   </si>
   <si>
     <t>JOMIER Michel</t>
   </si>
   <si>
     <t>GUEUDET Philippe</t>
   </si>
   <si>
     <t>GODREUIL Sylvian</t>
   </si>
   <si>
-    <t>HAMAMAH Samir</t>
-[...1 lines deleted...]
-  <si>
     <t>PELLESTOR Franck</t>
   </si>
   <si>
     <t>SOLASSOL Jérôme</t>
   </si>
   <si>
     <t>BADIOU Stéphanie</t>
   </si>
   <si>
     <t>MATHIEU Olivier</t>
   </si>
   <si>
     <t>GORCE-DUPUY Anne-Marie</t>
   </si>
   <si>
     <t>JUMAS BILAK Estelle</t>
   </si>
   <si>
     <t>HAYOT Maurice</t>
   </si>
   <si>
     <t>AGUILAR MARTINEZ Patricia</t>
   </si>
   <si>
     <t>DE VOS John</t>
   </si>
   <si>
     <t>TUAILLON Edouard</t>
   </si>
   <si>
     <t>GIANSILY-BLAIZOT Muriel</t>
   </si>
   <si>
     <t>LACHAUD Laurence</t>
   </si>
   <si>
     <t>VINCENT Thierry</t>
   </si>
   <si>
     <t>BOYER Jean-Christophe</t>
   </si>
   <si>
     <t>MARCHANDIN Hélène</t>
   </si>
   <si>
     <t>GRIS Jean-Christophe</t>
   </si>
   <si>
-    <t>CHIESA Jean</t>
-[...1 lines deleted...]
-  <si>
     <t>ROUGIER Nathalie</t>
   </si>
   <si>
     <t>PHILIBERT Pascal</t>
   </si>
   <si>
     <t>LEHMANN Sylvain</t>
   </si>
   <si>
     <t>TEISSIER Guillaume</t>
   </si>
   <si>
     <t>LAMY Pierre-Jean</t>
   </si>
   <si>
     <t>LLANES Marie-Laure</t>
   </si>
   <si>
     <t>JAY Alexandre</t>
   </si>
   <si>
     <t>LONGUET Arnaud</t>
   </si>
   <si>
     <t>BIRON-ANDREANI Christine</t>
   </si>
   <si>
     <t>Laboratoire de biologie de la reproduction</t>
   </si>
   <si>
     <t>Centre de ressources et de compétences maladies hémorragiques héréditaires (CRC MHC)</t>
   </si>
   <si>
     <t>CAROD Jean-François</t>
   </si>
   <si>
+    <t>MO001670</t>
+  </si>
+  <si>
     <t>STEPANIAN Alain</t>
   </si>
   <si>
     <t>Service de Prévention des Infections et de la Résistance  (SPIR)</t>
   </si>
   <si>
     <t xml:space="preserve">MOREAUX Jérôme </t>
   </si>
   <si>
-    <t>MO0015830002</t>
-[...1 lines deleted...]
-  <si>
     <t>N° Agrément</t>
   </si>
   <si>
     <t>Durée (année)</t>
   </si>
   <si>
     <t>CONTE Aurélie</t>
   </si>
   <si>
     <t>CHU Montpellier</t>
   </si>
   <si>
     <t>LABOSUD Saint Roch</t>
   </si>
   <si>
     <t>CH Millau</t>
   </si>
   <si>
     <t xml:space="preserve">CH Narbonne </t>
   </si>
   <si>
     <t>CH Perpignan</t>
   </si>
   <si>
     <t>GUISSART Claire</t>
   </si>
   <si>
     <t>CHU Nîmes CAREMEAU</t>
   </si>
   <si>
     <t>CH Mende - Hopital Lozère</t>
   </si>
   <si>
     <t>Laboratoire BIOMEDILAB CABESTANY</t>
   </si>
   <si>
     <t>Laboratoire de génétique moléculaire de maladies rares (LGMMR)</t>
   </si>
   <si>
     <t>COSSÉE Mireille</t>
   </si>
   <si>
     <t>Laboratoire de Qualification biologique des Dons (QBD)</t>
   </si>
   <si>
     <t>MAUGARD Claude</t>
   </si>
   <si>
+    <t>MO001723</t>
+  </si>
+  <si>
     <t>MO0017410004</t>
+  </si>
+  <si>
+    <t>MO001741</t>
   </si>
   <si>
     <t>DE MARTINO Sylvie</t>
   </si>
   <si>
     <t>MO0017230001</t>
   </si>
   <si>
     <t>INOVIE-LABOSUD Nîmes</t>
   </si>
   <si>
     <t>MO0015860003</t>
   </si>
   <si>
     <t>LAVIGNE Jean-Philippe</t>
   </si>
   <si>
     <t>MO0016700002</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">GALA Anna </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>/Pierre Sanguinet</t>
     </r>
   </si>
   <si>
-    <t>Agréments Biologie médicale - Subdivision Montpellier</t>
-[...2 lines deleted...]
-    <t>Commission du 09/07/2025</t>
+    <t>Laboratoire d'Oncologie Moléculaire</t>
+  </si>
+  <si>
+    <t>EVRARD Alexandre</t>
+  </si>
+  <si>
+    <t>Biologie Des Tumeurs Solides - Site unique de biologie</t>
+  </si>
+  <si>
+    <t>910001070033</t>
+  </si>
+  <si>
+    <t>MO0019360001</t>
+  </si>
+  <si>
+    <t>MO001936</t>
+  </si>
+  <si>
+    <t>Génétique moléculaire hématologie - Site Unique de Biologie</t>
+  </si>
+  <si>
+    <t>BROUILET Sophie</t>
+  </si>
+  <si>
+    <t>Service de génétique constitutionnelle GM2C</t>
+  </si>
+  <si>
+    <t>CENNI Camille</t>
+  </si>
+  <si>
+    <t xml:space="preserve">COMPLEMENTAIRE </t>
+  </si>
+  <si>
+    <t>Imagenome Biopathologie et Génétique des Cancers</t>
+  </si>
+  <si>
+    <t>MO001958</t>
+  </si>
+  <si>
+    <t>MO0019580001</t>
+  </si>
+  <si>
+    <t>Commission des agréments 9 février 2026</t>
+  </si>
+  <si>
+    <t>Agréments Biologie médicale MONTPELLIER - Semestre de Mai 2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="20" x14ac:knownFonts="1">
+  <fonts count="19" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -626,88 +668,82 @@
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="5"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <strike/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="20"/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
       <i/>
-      <sz val="14"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="18"/>
-[...12 lines deleted...]
-      <sz val="9"/>
+      <sz val="16"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="10">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
@@ -726,51 +762,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="8" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="7">
+  <borders count="8">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
@@ -787,372 +823,299 @@
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
+      <left/>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="6">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="58">
+  <cellXfs count="71">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="4" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="7" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="4" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
+    <xf numFmtId="1" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="15" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="18" fillId="9" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 13" xfId="3" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 2 3" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="2" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
   </cellStyles>
-  <dxfs count="18">
-[...122 lines deleted...]
-    </dxf>
+  <dxfs count="19">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="19" formatCode="dd/mm/yyyy"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
@@ -1280,112 +1243,266 @@
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
-      <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <b val="0"/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color auto="1"/>
+        </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <numFmt numFmtId="1" formatCode="0"/>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color auto="1"/>
         </left>
+        <right style="thin">
+          <color auto="1"/>
+        </right>
+        <top style="thin">
+          <color auto="1"/>
+        </top>
+        <bottom style="thin">
+          <color auto="1"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color theme="1"/>
+        <name val="Calibri"/>
+        <scheme val="minor"/>
+      </font>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left/>
         <right style="thin">
           <color auto="1"/>
         </right>
         <top style="thin">
           <color auto="1"/>
         </top>
         <bottom style="thin">
           <color auto="1"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color theme="1"/>
         <name val="Calibri"/>
         <scheme val="minor"/>
       </font>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
@@ -1476,109 +1593,50 @@
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFCCCCFF"/>
       <color rgb="FFCC99FF"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...57 lines deleted...]
-
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\pauline.rebichon\Documents\8-SIIMOP\A%20importer%20Agr&#233;ments\Bio\Agr&#233;ments%20biologie%20Montpellier.xlsx" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="/Users/pauline.rebichon/Documents/8-SIIMOP/A%20importer%20Agr&#233;ments/Bio/Agr&#233;ments%20biologie%20Montpellier.xlsx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <xxl21:alternateUrls>
       <xxl21:absoluteUrl r:id="rId2"/>
     </xxl21:alternateUrls>
     <sheetNames>
       <sheetName val="Import"/>
       <sheetName val="Formations"/>
       <sheetName val="Indications"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0" refreshError="1"/>
       <sheetData sheetId="1">
         <row r="2">
           <cell r="A2" t="str">
             <v>FST-HEMATO</v>
           </cell>
         </row>
         <row r="3">
           <cell r="A3" t="str">
@@ -2242,70 +2300,71 @@
             <v>Pharmacie clinique Prise en charge thérapeutique du patient</v>
           </cell>
         </row>
         <row r="22">
           <cell r="B22" t="str">
             <v>Technologies pharmaceutiques hospitalières - Contrôles</v>
           </cell>
         </row>
         <row r="23">
           <cell r="B23" t="str">
             <v>Dispositifs médicaux- Stérilisation - Hygiène hospitalière</v>
           </cell>
         </row>
         <row r="24">
           <cell r="B24" t="str">
             <v>Stage libre</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="A5:M53" totalsRowShown="0" headerRowDxfId="17" dataDxfId="15" headerRowBorderDxfId="16" tableBorderDxfId="14" totalsRowBorderDxfId="13">
-[...1 lines deleted...]
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A19:M50">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau2" displayName="Tableau2" ref="B5:O54" totalsRowShown="0" headerRowDxfId="18" dataDxfId="16" headerRowBorderDxfId="17" tableBorderDxfId="15" totalsRowBorderDxfId="14">
+  <autoFilter ref="B5:O54" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B6:O53">
     <sortCondition ref="E5:E53"/>
   </sortState>
-  <tableColumns count="13">
-    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Subdivision" dataDxfId="12"/>
+  <tableColumns count="14">
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Subdivision" dataDxfId="13"/>
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="N°Terrain" dataDxfId="12"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="N° Agrément" dataDxfId="11"/>
-    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Nom de l’établissement" dataDxfId="3"/>
-[...10 lines deleted...]
-      <calculatedColumnFormula>DATE(YEAR(K6)+(L6),MONTH(K6),DAY(K6))</calculatedColumnFormula>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="Nom de l’établissement" dataDxfId="10"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="Nom du Terrain" dataDxfId="9"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Responsable du terrain (RTS)" dataDxfId="8"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Type" dataDxfId="7"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="OPTION" dataDxfId="6"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Phase socle (P1)" dataDxfId="5"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Phase d'approfondissement (P2)" dataDxfId="4"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="Phase de consolidation (P3) DJ" dataDxfId="3"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Début semestre valide" dataDxfId="2"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="Durée (année)" dataDxfId="1"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="A renouveler pour le " dataDxfId="0">
+      <calculatedColumnFormula>DATE(YEAR(M6)+(N6),MONTH(M6),DAY(M6))</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -2530,2220 +2589,2452 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M53"/>
+  <dimension ref="A1:O54"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="N11" sqref="N11"/>
+    <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
+      <selection activeCell="R11" sqref="R11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="15" bestFit="1" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="13" max="13" width="16" customWidth="1"/>
+    <col min="1" max="1" width="5.5703125" customWidth="1"/>
+    <col min="2" max="2" width="15" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="13.5703125" style="4" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="15.85546875" style="38" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="25.85546875" style="6" customWidth="1"/>
+    <col min="6" max="6" width="47.42578125" style="41" customWidth="1"/>
+    <col min="7" max="7" width="27.42578125" style="9" customWidth="1"/>
+    <col min="8" max="8" width="16.140625" style="1" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="28.28515625" style="5" customWidth="1"/>
+    <col min="10" max="10" width="14" style="5" customWidth="1"/>
+    <col min="11" max="11" width="20" style="5" customWidth="1"/>
+    <col min="12" max="12" width="15.5703125" customWidth="1"/>
+    <col min="13" max="13" width="13" style="5" customWidth="1"/>
+    <col min="14" max="14" width="11" bestFit="1" customWidth="1"/>
+    <col min="15" max="15" width="13.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" s="50" customFormat="1" ht="72" customHeight="1" x14ac:dyDescent="0.4">
-[...50 lines deleted...]
-      <c r="H4" s="52" t="s">
+    <row r="1" spans="1:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A1" s="70" t="s">
+        <v>149</v>
+      </c>
+      <c r="B1" s="70"/>
+      <c r="C1" s="70"/>
+      <c r="D1" s="70"/>
+      <c r="E1" s="70"/>
+      <c r="F1" s="70"/>
+      <c r="G1" s="70"/>
+      <c r="H1" s="70"/>
+      <c r="I1" s="70"/>
+      <c r="J1" s="70"/>
+      <c r="K1" s="70"/>
+      <c r="L1" s="70"/>
+      <c r="M1" s="70"/>
+      <c r="N1" s="70"/>
+      <c r="O1" s="70"/>
+    </row>
+    <row r="2" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="59"/>
+      <c r="B2" s="59"/>
+      <c r="C2" s="59"/>
+      <c r="D2" s="59"/>
+      <c r="E2" s="59"/>
+      <c r="F2" s="59"/>
+      <c r="G2" s="59"/>
+      <c r="H2" s="59"/>
+      <c r="I2" s="59"/>
+      <c r="J2" s="59"/>
+      <c r="K2" s="69" t="s">
+        <v>148</v>
+      </c>
+      <c r="L2" s="69"/>
+      <c r="M2" s="69"/>
+      <c r="N2" s="69"/>
+      <c r="O2" s="69"/>
+    </row>
+    <row r="3" spans="1:15" s="68" customFormat="1" ht="12" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A3" s="66"/>
+      <c r="B3" s="66"/>
+      <c r="C3" s="66"/>
+      <c r="D3" s="66"/>
+      <c r="E3" s="66"/>
+      <c r="F3" s="66"/>
+      <c r="G3" s="66"/>
+      <c r="H3" s="66"/>
+      <c r="I3" s="66"/>
+      <c r="J3" s="66"/>
+      <c r="K3" s="67"/>
+      <c r="L3" s="67"/>
+      <c r="M3" s="67"/>
+      <c r="N3" s="67"/>
+      <c r="O3" s="67"/>
+    </row>
+    <row r="4" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="I4" s="27"/>
+      <c r="J4" s="60" t="s">
         <v>0</v>
       </c>
-      <c r="I4" s="52"/>
-[...3 lines deleted...]
-      <c r="A5" s="19" t="s">
+      <c r="K4" s="60"/>
+      <c r="L4" s="60"/>
+    </row>
+    <row r="5" spans="1:15" s="11" customFormat="1" ht="39.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C5" s="33" t="s">
+        <v>1</v>
+      </c>
+      <c r="D5" s="10" t="s">
+        <v>108</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="G5" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="H5" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" s="7" t="s">
         <v>52</v>
       </c>
-      <c r="B5" s="8" t="s">
-[...20 lines deleted...]
-      <c r="I5" s="12" t="s">
+      <c r="J5" s="14" t="s">
         <v>5</v>
       </c>
-      <c r="J5" s="13" t="s">
+      <c r="K5" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="L5" s="16" t="s">
         <v>7</v>
       </c>
-      <c r="L5" s="5" t="s">
-[...10 lines deleted...]
-      <c r="B6" s="26">
+      <c r="M5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="N5" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="O5" s="7" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B6" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C6" s="34">
+        <v>91000139</v>
+      </c>
+      <c r="D6" s="29">
         <v>910001390005</v>
       </c>
-      <c r="C6" s="27" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="27" t="s">
+      <c r="E6" s="30" t="s">
         <v>9</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
       <c r="F6" s="30" t="s">
         <v>10</v>
       </c>
-      <c r="G6" s="56" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="44" t="s">
+      <c r="G6" s="30" t="s">
+        <v>69</v>
+      </c>
+      <c r="H6" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="I6" s="45" t="s">
+      <c r="I6" s="49" t="s">
+        <v>53</v>
+      </c>
+      <c r="J6" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="K6" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="L6" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M6" s="35">
+        <v>45962</v>
+      </c>
+      <c r="N6" s="34">
+        <v>5</v>
+      </c>
+      <c r="O6" s="35">
+        <f t="shared" ref="O6:O53" si="0">DATE(YEAR(M6)+(N6),MONTH(M6),DAY(M6))</f>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B7" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" s="2">
+        <v>91000150</v>
+      </c>
+      <c r="D7" s="23">
+        <v>910001500006</v>
+      </c>
+      <c r="E7" s="26" t="s">
+        <v>13</v>
+      </c>
+      <c r="F7" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" s="26" t="s">
+        <v>70</v>
+      </c>
+      <c r="H7" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="J6" s="46" t="s">
-[...5 lines deleted...]
-      <c r="L6" s="30">
+      <c r="I7" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J7" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K7" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L7" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M7" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N7" s="34">
         <v>5</v>
       </c>
-      <c r="M6" s="31">
-[...41 lines deleted...]
-      <c r="M7" s="31">
+      <c r="O7" s="35">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B8" s="20">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B8" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C8" s="2">
+        <v>91000428</v>
+      </c>
+      <c r="D8" s="23">
         <v>910004280006</v>
       </c>
-      <c r="C8" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E8" s="23" t="s">
+      <c r="E8" s="26" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="26" t="s">
         <v>71</v>
       </c>
-      <c r="F8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H8" s="14" t="s">
+      <c r="H8" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I8" s="10" t="s">
-[...5 lines deleted...]
-      <c r="K8" s="31">
+      <c r="I8" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J8" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K8" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L8" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M8" s="35">
         <v>45597</v>
       </c>
-      <c r="L8" s="30">
+      <c r="N8" s="34">
         <v>5</v>
       </c>
-      <c r="M8" s="31">
+      <c r="O8" s="35">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B9" s="20">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B9" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" s="2">
+        <v>91000089</v>
+      </c>
+      <c r="D9" s="23">
         <v>910000890008</v>
       </c>
-      <c r="C9" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="23" t="s">
+      <c r="E9" s="26" t="s">
+        <v>15</v>
+      </c>
+      <c r="F9" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" s="26" t="s">
         <v>72</v>
       </c>
-      <c r="F9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H9" s="14" t="s">
+      <c r="H9" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I9" s="10" t="s">
-[...5 lines deleted...]
-      <c r="K9" s="31">
+      <c r="I9" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J9" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K9" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L9" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M9" s="35">
         <v>45597</v>
       </c>
-      <c r="L9" s="30">
+      <c r="N9" s="34">
         <v>5</v>
       </c>
-      <c r="M9" s="31">
+      <c r="O9" s="35">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
     </row>
-    <row r="10" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B10" s="20">
+    <row r="10" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B10" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" s="2">
+        <v>76000710</v>
+      </c>
+      <c r="D10" s="23">
         <v>760007100003</v>
       </c>
-      <c r="C10" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E10" s="23" t="s">
+      <c r="E10" s="26" t="s">
+        <v>118</v>
+      </c>
+      <c r="F10" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" s="26" t="s">
         <v>127</v>
       </c>
-      <c r="F10" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H10" s="2" t="s">
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="I10" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="J10" s="16" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="30" t="s">
+      <c r="I10" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J10" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="L10" s="30">
+      <c r="K10" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L10" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M10" s="34" t="s">
+        <v>17</v>
+      </c>
+      <c r="N10" s="34">
         <v>5</v>
       </c>
-      <c r="M10" s="31">
+      <c r="O10" s="35">
         <f t="shared" si="0"/>
         <v>46508</v>
       </c>
     </row>
-    <row r="11" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B11" s="26">
+    <row r="11" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B11" s="55" t="s">
+        <v>57</v>
+      </c>
+      <c r="C11" s="24">
+        <v>73000504</v>
+      </c>
+      <c r="D11" s="29">
         <v>730005040006</v>
       </c>
-      <c r="C11" s="27" t="s">
-[...5 lines deleted...]
-      <c r="E11" s="27" t="s">
+      <c r="E11" s="30" t="s">
+        <v>113</v>
+      </c>
+      <c r="F11" s="30" t="s">
+        <v>60</v>
+      </c>
+      <c r="G11" s="30" t="s">
         <v>73</v>
       </c>
-      <c r="F11" s="21" t="s">
-[...8 lines deleted...]
-      <c r="I11" s="45" t="s">
+      <c r="H11" s="24" t="s">
         <v>11</v>
       </c>
-      <c r="J11" s="46" t="s">
-[...2 lines deleted...]
-      <c r="K11" s="31">
+      <c r="I11" s="49" t="s">
+        <v>53</v>
+      </c>
+      <c r="J11" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K11" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="L11" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M11" s="35">
         <v>45962</v>
       </c>
-      <c r="L11" s="30">
+      <c r="N11" s="34">
         <v>5</v>
       </c>
-      <c r="M11" s="31">
+      <c r="O11" s="35">
         <f t="shared" si="0"/>
         <v>47788</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B12" s="20">
+    <row r="12" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B12" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C12" s="2">
+        <v>91000153</v>
+      </c>
+      <c r="D12" s="23">
         <v>910001530006</v>
       </c>
-      <c r="C12" s="23" t="s">
-[...8 lines deleted...]
-      <c r="F12" s="2" t="s">
+      <c r="E12" s="26" t="s">
+        <v>114</v>
+      </c>
+      <c r="F12" s="26" t="s">
         <v>10</v>
       </c>
-      <c r="G12" s="57" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="14" t="s">
+      <c r="G12" s="30" t="s">
+        <v>103</v>
+      </c>
+      <c r="H12" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I12" s="10" t="s">
-[...5 lines deleted...]
-      <c r="K12" s="31">
+      <c r="I12" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J12" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K12" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L12" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M12" s="35">
         <v>45597</v>
       </c>
-      <c r="L12" s="30">
+      <c r="N12" s="34">
         <v>5</v>
       </c>
-      <c r="M12" s="31">
+      <c r="O12" s="35">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
     </row>
-    <row r="13" spans="1:13" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="B13" s="20">
+    <row r="13" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B13" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C13" s="2">
+        <v>91000039</v>
+      </c>
+      <c r="D13" s="23">
         <v>910000390016</v>
       </c>
-      <c r="C13" s="23" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="23" t="s">
+      <c r="E13" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="F13" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" s="26" t="s">
         <v>74</v>
       </c>
-      <c r="F13" s="2" t="s">
-[...5 lines deleted...]
-      <c r="H13" s="14" t="s">
+      <c r="H13" s="2" t="s">
         <v>11</v>
       </c>
-      <c r="I13" s="10" t="s">
-[...5 lines deleted...]
-      <c r="K13" s="31">
+      <c r="I13" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J13" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K13" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L13" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M13" s="35">
         <v>45597</v>
       </c>
-      <c r="L13" s="30">
+      <c r="N13" s="34">
         <v>5</v>
       </c>
-      <c r="M13" s="31">
+      <c r="O13" s="35">
         <f t="shared" si="0"/>
         <v>47423</v>
       </c>
     </row>
-    <row r="14" spans="1:13" ht="25.5" x14ac:dyDescent="0.25">
-      <c r="A14" s="22" t="s">
+    <row r="14" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B14" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C14" s="2">
+        <v>76000293</v>
+      </c>
+      <c r="D14" s="23">
+        <v>760002930002</v>
+      </c>
+      <c r="E14" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="F14" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="H14" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I14" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J14" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K14" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L14" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M14" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N14" s="34">
+        <v>5</v>
+      </c>
+      <c r="O14" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.25">
+      <c r="B15" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C15" s="2">
+        <v>76000294</v>
+      </c>
+      <c r="D15" s="23">
+        <v>760002940002</v>
+      </c>
+      <c r="E15" s="26" t="s">
+        <v>115</v>
+      </c>
+      <c r="F15" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G15" s="26" t="s">
+        <v>74</v>
+      </c>
+      <c r="H15" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I15" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J15" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K15" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L15" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M15" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N15" s="34">
+        <v>5</v>
+      </c>
+      <c r="O15" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="16" spans="1:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B16" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C16" s="40" t="s">
+        <v>67</v>
+      </c>
+      <c r="D16" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="E16" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" s="26" t="s">
+        <v>61</v>
+      </c>
+      <c r="G16" s="26" t="s">
+        <v>83</v>
+      </c>
+      <c r="H16" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="I16" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J16" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K16" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L16" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M16" s="35">
+        <v>45413</v>
+      </c>
+      <c r="N16" s="34">
+        <v>5</v>
+      </c>
+      <c r="O16" s="35">
+        <f t="shared" si="0"/>
+        <v>47239</v>
+      </c>
+    </row>
+    <row r="17" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B17" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C17" s="2">
+        <v>91000468</v>
+      </c>
+      <c r="D17" s="23">
+        <v>910004680004</v>
+      </c>
+      <c r="E17" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" s="30" t="s">
+        <v>102</v>
+      </c>
+      <c r="G17" s="30" t="s">
+        <v>100</v>
+      </c>
+      <c r="H17" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I17" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J17" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K17" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L17" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M17" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="N17" s="34">
+        <v>5</v>
+      </c>
+      <c r="O17" s="35">
+        <f t="shared" si="0"/>
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="18" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B18" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="2">
+        <v>91000433</v>
+      </c>
+      <c r="D18" s="23">
+        <v>910004330015</v>
+      </c>
+      <c r="E18" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F18" s="30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" s="30" t="s">
+        <v>141</v>
+      </c>
+      <c r="H18" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I18" s="42" t="s">
+        <v>20</v>
+      </c>
+      <c r="J18" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K18" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L18" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M18" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N18" s="34">
+        <v>5</v>
+      </c>
+      <c r="O18" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="19" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B19" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C19" s="2">
+        <v>91000286</v>
+      </c>
+      <c r="D19" s="23">
+        <v>910002860025</v>
+      </c>
+      <c r="E19" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F19" s="30" t="s">
+        <v>22</v>
+      </c>
+      <c r="G19" s="30" t="s">
+        <v>78</v>
+      </c>
+      <c r="H19" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I19" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J19" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K19" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L19" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="M19" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N19" s="34">
+        <v>5</v>
+      </c>
+      <c r="O19" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="20" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B20" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C20" s="24">
+        <v>91000640</v>
+      </c>
+      <c r="D20" s="23">
+        <v>910006400009</v>
+      </c>
+      <c r="E20" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F20" s="30" t="s">
+        <v>29</v>
+      </c>
+      <c r="G20" s="30" t="s">
+        <v>84</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>11</v>
+      </c>
+      <c r="I20" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J20" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K20" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="L20" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M20" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="N20" s="34">
+        <v>5</v>
+      </c>
+      <c r="O20" s="35">
+        <f t="shared" si="0"/>
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="21" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B21" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C21" s="34">
+        <v>91000472</v>
+      </c>
+      <c r="D21" s="29">
+        <v>910004720024</v>
+      </c>
+      <c r="E21" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="F21" s="30" t="s">
+        <v>106</v>
+      </c>
+      <c r="G21" s="30" t="s">
+        <v>81</v>
+      </c>
+      <c r="H21" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I21" s="49" t="s">
+        <v>54</v>
+      </c>
+      <c r="J21" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="K21" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="L21" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M21" s="35">
+        <v>45962</v>
+      </c>
+      <c r="N21" s="34">
+        <v>5</v>
+      </c>
+      <c r="O21" s="35">
+        <f t="shared" si="0"/>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="22" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B22" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" s="34" t="s">
+        <v>126</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="E22" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="F22" s="30" t="s">
+        <v>120</v>
+      </c>
+      <c r="G22" s="30" t="s">
+        <v>121</v>
+      </c>
+      <c r="H22" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I22" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="J22" s="50" t="s">
+        <v>12</v>
+      </c>
+      <c r="K22" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="L22" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M22" s="35">
+        <v>45778</v>
+      </c>
+      <c r="N22" s="34">
+        <v>5</v>
+      </c>
+      <c r="O22" s="35">
+        <f t="shared" si="0"/>
+        <v>47604</v>
+      </c>
+    </row>
+    <row r="23" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B23" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C23" s="2">
+        <v>91000225</v>
+      </c>
+      <c r="D23" s="23">
+        <v>910002250027</v>
+      </c>
+      <c r="E23" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F23" s="26" t="s">
+        <v>19</v>
+      </c>
+      <c r="G23" s="26" t="s">
+        <v>75</v>
+      </c>
+      <c r="H23" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I23" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J23" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K23" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L23" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M23" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N23" s="34">
+        <v>5</v>
+      </c>
+      <c r="O23" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="24" spans="2:15" s="47" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B24" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C24" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D24" s="29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E24" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F24" s="30" t="s">
+        <v>140</v>
+      </c>
+      <c r="G24" s="26" t="s">
+        <v>86</v>
+      </c>
+      <c r="H24" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I24" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J24" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K24" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L24" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="M24" s="35">
+        <v>46143</v>
+      </c>
+      <c r="N24" s="34">
+        <v>5</v>
+      </c>
+      <c r="O24" s="35">
+        <f t="shared" si="0"/>
+        <v>47969</v>
+      </c>
+    </row>
+    <row r="25" spans="2:15" s="31" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B25" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C25" s="2">
+        <v>91000222</v>
+      </c>
+      <c r="D25" s="29">
+        <v>910002220011</v>
+      </c>
+      <c r="E25" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F25" s="26" t="s">
+        <v>24</v>
+      </c>
+      <c r="G25" s="26" t="s">
+        <v>80</v>
+      </c>
+      <c r="H25" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I25" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J25" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K25" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L25" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M25" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N25" s="34">
+        <v>5</v>
+      </c>
+      <c r="O25" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="26" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B26" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C26" s="2">
+        <v>91000194</v>
+      </c>
+      <c r="D26" s="29">
+        <v>910001940012</v>
+      </c>
+      <c r="E26" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F26" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="G26" s="26" t="s">
+        <v>87</v>
+      </c>
+      <c r="H26" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I26" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J26" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K26" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L26" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M26" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N26" s="34">
+        <v>5</v>
+      </c>
+      <c r="O26" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="27" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B27" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C27" s="34">
+        <v>91000637</v>
+      </c>
+      <c r="D27" s="29">
+        <v>910006370015</v>
+      </c>
+      <c r="E27" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="F27" s="30" t="s">
+        <v>25</v>
+      </c>
+      <c r="G27" s="30" t="s">
+        <v>82</v>
+      </c>
+      <c r="H27" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I27" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="J27" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K27" s="51" t="s">
+        <v>12</v>
+      </c>
+      <c r="L27" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="M27" s="35">
+        <v>45962</v>
+      </c>
+      <c r="N27" s="34">
+        <v>5</v>
+      </c>
+      <c r="O27" s="35">
+        <f t="shared" si="0"/>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="28" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B28" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C28" s="2">
+        <v>76000263</v>
+      </c>
+      <c r="D28" s="29">
+        <v>760002630003</v>
+      </c>
+      <c r="E28" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F28" s="26" t="s">
+        <v>30</v>
+      </c>
+      <c r="G28" s="26" t="s">
+        <v>85</v>
+      </c>
+      <c r="H28" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I28" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J28" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K28" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L28" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M28" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N28" s="34">
+        <v>5</v>
+      </c>
+      <c r="O28" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="29" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B29" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C29" s="2">
+        <v>76000556</v>
+      </c>
+      <c r="D29" s="29">
+        <v>760005560004</v>
+      </c>
+      <c r="E29" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F29" s="26" t="s">
+        <v>32</v>
+      </c>
+      <c r="G29" s="26" t="s">
+        <v>107</v>
+      </c>
+      <c r="H29" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I29" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J29" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K29" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L29" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="M29" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N29" s="34">
+        <v>5</v>
+      </c>
+      <c r="O29" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="30" spans="2:15" s="53" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B30" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C30" s="13">
+        <v>91000284</v>
+      </c>
+      <c r="D30" s="29">
+        <v>910002840030</v>
+      </c>
+      <c r="E30" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F30" s="26" t="s">
+        <v>26</v>
+      </c>
+      <c r="G30" s="30" t="s">
+        <v>105</v>
+      </c>
+      <c r="H30" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I30" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J30" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K30" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L30" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M30" s="34" t="s">
+        <v>27</v>
+      </c>
+      <c r="N30" s="34">
+        <v>5</v>
+      </c>
+      <c r="O30" s="35">
+        <f t="shared" si="0"/>
+        <v>46692</v>
+      </c>
+    </row>
+    <row r="31" spans="2:15" s="47" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B31" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C31" s="2">
+        <v>91000644</v>
+      </c>
+      <c r="D31" s="29">
+        <v>910006440039</v>
+      </c>
+      <c r="E31" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F31" s="26" t="s">
+        <v>23</v>
+      </c>
+      <c r="G31" s="30" t="s">
+        <v>79</v>
+      </c>
+      <c r="H31" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I31" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J31" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K31" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L31" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M31" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N31" s="34">
+        <v>5</v>
+      </c>
+      <c r="O31" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="32" spans="2:15" s="46" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B32" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C32" s="34">
+        <v>76000249</v>
+      </c>
+      <c r="D32" s="29">
+        <v>760002490009</v>
+      </c>
+      <c r="E32" s="30" t="s">
+        <v>111</v>
+      </c>
+      <c r="F32" s="30" t="s">
+        <v>21</v>
+      </c>
+      <c r="G32" s="30" t="s">
+        <v>76</v>
+      </c>
+      <c r="H32" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I32" s="49" t="s">
+        <v>56</v>
+      </c>
+      <c r="J32" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K32" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L32" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M32" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N32" s="34">
+        <v>5</v>
+      </c>
+      <c r="O32" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="33" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B33" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C33" s="2">
+        <v>91000261</v>
+      </c>
+      <c r="D33" s="29">
+        <v>910002610013</v>
+      </c>
+      <c r="E33" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F33" s="26" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="H33" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I33" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J33" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K33" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L33" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M33" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N33" s="34">
+        <v>5</v>
+      </c>
+      <c r="O33" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="34" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B34" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C34" s="2">
+        <v>91000243</v>
+      </c>
+      <c r="D34" s="29">
+        <v>910002430035</v>
+      </c>
+      <c r="E34" s="26" t="s">
+        <v>111</v>
+      </c>
+      <c r="F34" s="30" t="s">
+        <v>136</v>
+      </c>
+      <c r="G34" s="26" t="s">
+        <v>77</v>
+      </c>
+      <c r="H34" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I34" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J34" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K34" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L34" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M34" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N34" s="34">
+        <v>5</v>
+      </c>
+      <c r="O34" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="35" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B35" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C35" s="2">
+        <v>76000296</v>
+      </c>
+      <c r="D35" s="29">
+        <v>760002960002</v>
+      </c>
+      <c r="E35" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F35" s="30" t="s">
+        <v>62</v>
+      </c>
+      <c r="G35" s="26" t="s">
+        <v>89</v>
+      </c>
+      <c r="H35" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I35" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J35" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K35" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L35" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M35" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N35" s="34">
+        <v>5</v>
+      </c>
+      <c r="O35" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="36" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B36" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C36" s="34">
+        <v>91000107</v>
+      </c>
+      <c r="D36" s="63" t="s">
+        <v>137</v>
+      </c>
+      <c r="E36" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>142</v>
+      </c>
+      <c r="G36" s="30" t="s">
+        <v>143</v>
+      </c>
+      <c r="H36" s="65" t="s">
+        <v>144</v>
+      </c>
+      <c r="I36" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J36" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K36" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L36" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M36" s="35">
+        <v>45778</v>
+      </c>
+      <c r="N36" s="34">
+        <v>5</v>
+      </c>
+      <c r="O36" s="35">
+        <f t="shared" si="0"/>
+        <v>47604</v>
+      </c>
+    </row>
+    <row r="37" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B37" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C37" s="34">
+        <v>91000174</v>
+      </c>
+      <c r="D37" s="29">
+        <v>910001740016</v>
+      </c>
+      <c r="E37" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F37" s="30" t="s">
+        <v>36</v>
+      </c>
+      <c r="G37" s="30" t="s">
+        <v>91</v>
+      </c>
+      <c r="H37" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I37" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J37" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K37" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L37" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M37" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N37" s="34">
+        <v>5</v>
+      </c>
+      <c r="O37" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="38" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B38" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C38" s="34">
+        <v>76000295</v>
+      </c>
+      <c r="D38" s="29">
+        <v>760002950002</v>
+      </c>
+      <c r="E38" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F38" s="30" t="s">
+        <v>63</v>
+      </c>
+      <c r="G38" s="30" t="s">
+        <v>116</v>
+      </c>
+      <c r="H38" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I38" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J38" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K38" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L38" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M38" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N38" s="34">
+        <v>5</v>
+      </c>
+      <c r="O38" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="39" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B39" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C39" s="34">
+        <v>76000290</v>
+      </c>
+      <c r="D39" s="29">
+        <v>760002900002</v>
+      </c>
+      <c r="E39" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F39" s="30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" s="30" t="s">
+        <v>90</v>
+      </c>
+      <c r="H39" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I39" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J39" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K39" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L39" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M39" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N39" s="34">
+        <v>5</v>
+      </c>
+      <c r="O39" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="40" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B40" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C40" s="28">
+        <v>91000110</v>
+      </c>
+      <c r="D40" s="29">
+        <v>910001100019</v>
+      </c>
+      <c r="E40" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F40" s="30" t="s">
+        <v>37</v>
+      </c>
+      <c r="G40" s="30" t="s">
+        <v>131</v>
+      </c>
+      <c r="H40" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I40" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J40" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K40" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L40" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M40" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N40" s="34">
+        <v>5</v>
+      </c>
+      <c r="O40" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="41" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B41" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C41" s="28" t="s">
+        <v>64</v>
+      </c>
+      <c r="D41" s="29" t="s">
+        <v>130</v>
+      </c>
+      <c r="E41" s="49" t="s">
+        <v>117</v>
+      </c>
+      <c r="F41" s="30" t="s">
+        <v>65</v>
+      </c>
+      <c r="G41" s="30" t="s">
+        <v>92</v>
+      </c>
+      <c r="H41" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I41" s="49" t="s">
+        <v>20</v>
+      </c>
+      <c r="J41" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K41" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L41" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M41" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N41" s="34">
+        <v>5</v>
+      </c>
+      <c r="O41" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="42" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B42" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C42" s="28">
+        <v>76000292</v>
+      </c>
+      <c r="D42" s="29">
+        <v>760002920002</v>
+      </c>
+      <c r="E42" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F42" s="30" t="s">
+        <v>38</v>
+      </c>
+      <c r="G42" s="30" t="s">
+        <v>131</v>
+      </c>
+      <c r="H42" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I42" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J42" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K42" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L42" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M42" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N42" s="34">
+        <v>5</v>
+      </c>
+      <c r="O42" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="43" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B43" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C43" s="28">
+        <v>76000291</v>
+      </c>
+      <c r="D43" s="29">
+        <v>760002910002</v>
+      </c>
+      <c r="E43" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F43" s="30" t="s">
+        <v>34</v>
+      </c>
+      <c r="G43" s="30" t="s">
+        <v>131</v>
+      </c>
+      <c r="H43" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I43" s="42" t="s">
+        <v>54</v>
+      </c>
+      <c r="J43" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K43" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L43" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M43" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N43" s="34">
+        <v>5</v>
+      </c>
+      <c r="O43" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="44" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B44" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C44" s="28">
+        <v>91000109</v>
+      </c>
+      <c r="D44" s="29">
+        <v>910001090027</v>
+      </c>
+      <c r="E44" s="42" t="s">
+        <v>117</v>
+      </c>
+      <c r="F44" s="30" t="s">
+        <v>66</v>
+      </c>
+      <c r="G44" s="30" t="s">
+        <v>93</v>
+      </c>
+      <c r="H44" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I44" s="26" t="s">
+        <v>56</v>
+      </c>
+      <c r="J44" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K44" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L44" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M44" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N44" s="34">
+        <v>5</v>
+      </c>
+      <c r="O44" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="45" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B45" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C45" s="28">
+        <v>91000397</v>
+      </c>
+      <c r="D45" s="29">
+        <v>910003970006</v>
+      </c>
+      <c r="E45" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="F45" s="30" t="s">
+        <v>40</v>
+      </c>
+      <c r="G45" s="30" t="s">
+        <v>110</v>
+      </c>
+      <c r="H45" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I45" s="42" t="s">
+        <v>55</v>
+      </c>
+      <c r="J45" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K45" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L45" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M45" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="N45" s="34">
+        <v>5</v>
+      </c>
+      <c r="O45" s="35">
+        <f t="shared" si="0"/>
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="46" spans="2:15" s="53" customFormat="1" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B46" s="28" t="s">
+        <v>57</v>
+      </c>
+      <c r="C46" s="28" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" s="54" t="s">
+        <v>128</v>
+      </c>
+      <c r="E46" s="30" t="s">
+        <v>39</v>
+      </c>
+      <c r="F46" s="30" t="s">
+        <v>122</v>
+      </c>
+      <c r="G46" s="30" t="s">
+        <v>123</v>
+      </c>
+      <c r="H46" s="34" t="s">
+        <v>11</v>
+      </c>
+      <c r="I46" s="49" t="s">
+        <v>53</v>
+      </c>
+      <c r="J46" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="K46" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="L46" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M46" s="35">
+        <v>45778</v>
+      </c>
+      <c r="N46" s="34">
+        <v>5</v>
+      </c>
+      <c r="O46" s="35">
+        <f t="shared" si="0"/>
+        <v>47604</v>
+      </c>
+    </row>
+    <row r="47" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B47" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C47" s="43" t="s">
+        <v>48</v>
+      </c>
+      <c r="D47" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="E47" s="26" t="s">
+        <v>129</v>
+      </c>
+      <c r="F47" s="26" t="s">
+        <v>10</v>
+      </c>
+      <c r="G47" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="H47" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="I47" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J47" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K47" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L47" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M47" s="34" t="s">
+        <v>47</v>
+      </c>
+      <c r="N47" s="34">
+        <v>5</v>
+      </c>
+      <c r="O47" s="35">
+        <f t="shared" si="0"/>
+        <v>46874</v>
+      </c>
+    </row>
+    <row r="48" spans="2:15" s="46" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B48" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C48" s="28">
+        <v>91000639</v>
+      </c>
+      <c r="D48" s="29">
+        <v>910006390015</v>
+      </c>
+      <c r="E48" s="30" t="s">
+        <v>18</v>
+      </c>
+      <c r="F48" s="30" t="s">
+        <v>41</v>
+      </c>
+      <c r="G48" s="30" t="s">
+        <v>94</v>
+      </c>
+      <c r="H48" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I48" s="42" t="s">
+        <v>56</v>
+      </c>
+      <c r="J48" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K48" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L48" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M48" s="35">
+        <v>45597</v>
+      </c>
+      <c r="N48" s="34">
+        <v>5</v>
+      </c>
+      <c r="O48" s="35">
+        <f t="shared" si="0"/>
+        <v>47423</v>
+      </c>
+    </row>
+    <row r="49" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B49" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C49" s="13">
+        <v>91001348</v>
+      </c>
+      <c r="D49" s="29">
+        <v>910013480004</v>
+      </c>
+      <c r="E49" s="30" t="s">
+        <v>119</v>
+      </c>
+      <c r="F49" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="G49" s="26" t="s">
+        <v>97</v>
+      </c>
+      <c r="H49" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I49" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J49" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K49" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L49" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M49" s="34" t="s">
+        <v>28</v>
+      </c>
+      <c r="N49" s="34">
+        <v>5</v>
+      </c>
+      <c r="O49" s="35">
+        <f t="shared" si="0"/>
+        <v>46327</v>
+      </c>
+    </row>
+    <row r="50" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B50" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C50" s="28">
+        <v>76000550</v>
+      </c>
+      <c r="D50" s="29">
+        <v>760005500003</v>
+      </c>
+      <c r="E50" s="26" t="s">
         <v>58</v>
       </c>
-      <c r="B14" s="26" t="s">
-[...14 lines deleted...]
-      <c r="G14" s="57" t="s">
+      <c r="F50" s="26" t="s">
+        <v>42</v>
+      </c>
+      <c r="G50" s="26" t="s">
+        <v>95</v>
+      </c>
+      <c r="H50" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I50" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J50" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K50" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L50" s="34" t="s">
+        <v>16</v>
+      </c>
+      <c r="M50" s="35">
+        <v>46143</v>
+      </c>
+      <c r="N50" s="34">
+        <v>5</v>
+      </c>
+      <c r="O50" s="35">
+        <f t="shared" si="0"/>
+        <v>47969</v>
+      </c>
+    </row>
+    <row r="51" spans="2:15" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B51" s="21" t="s">
+        <v>57</v>
+      </c>
+      <c r="C51" s="28">
+        <v>76000709</v>
+      </c>
+      <c r="D51" s="29">
+        <v>760007090002</v>
+      </c>
+      <c r="E51" s="26" t="s">
+        <v>43</v>
+      </c>
+      <c r="F51" s="30" t="s">
+        <v>145</v>
+      </c>
+      <c r="G51" s="26" t="s">
+        <v>96</v>
+      </c>
+      <c r="H51" s="2" t="s">
+        <v>11</v>
+      </c>
+      <c r="I51" s="42" t="s">
         <v>56</v>
       </c>
-      <c r="H14" s="2" t="s">
-[...2 lines deleted...]
-      <c r="I14" s="10" t="s">
+      <c r="J51" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="K51" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L51" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M51" s="35">
+        <v>46143</v>
+      </c>
+      <c r="N51" s="34">
+        <v>5</v>
+      </c>
+      <c r="O51" s="35">
+        <f t="shared" si="0"/>
+        <v>47969</v>
+      </c>
+    </row>
+    <row r="52" spans="2:15" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="B52" s="25" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" s="64">
+        <v>76000902</v>
+      </c>
+      <c r="D52" s="44">
+        <v>760009020002</v>
+      </c>
+      <c r="E52" s="32" t="s">
+        <v>45</v>
+      </c>
+      <c r="F52" s="32" t="s">
+        <v>46</v>
+      </c>
+      <c r="G52" s="32" t="s">
+        <v>98</v>
+      </c>
+      <c r="H52" s="45" t="s">
         <v>11</v>
       </c>
-      <c r="J14" s="16" t="s">
+      <c r="I52" s="42" t="s">
+        <v>53</v>
+      </c>
+      <c r="J52" s="39" t="s">
+        <v>16</v>
+      </c>
+      <c r="K52" s="18" t="s">
+        <v>12</v>
+      </c>
+      <c r="L52" s="20" t="s">
+        <v>12</v>
+      </c>
+      <c r="M52" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="N52" s="36">
+        <v>5</v>
+      </c>
+      <c r="O52" s="37">
+        <f t="shared" si="0"/>
+        <v>46874</v>
+      </c>
+    </row>
+    <row r="53" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B53" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C53" s="56" t="s">
+        <v>104</v>
+      </c>
+      <c r="D53" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="E53" s="30" t="s">
+        <v>112</v>
+      </c>
+      <c r="F53" s="30" t="s">
+        <v>101</v>
+      </c>
+      <c r="G53" s="30" t="s">
+        <v>133</v>
+      </c>
+      <c r="H53" s="36" t="s">
         <v>11</v>
       </c>
-      <c r="K14" s="31">
-[...2 lines deleted...]
-      <c r="L14" s="30">
+      <c r="I53" s="49" t="s">
+        <v>20</v>
+      </c>
+      <c r="J53" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="K53" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="L53" s="52" t="s">
+        <v>12</v>
+      </c>
+      <c r="M53" s="35">
+        <v>45962</v>
+      </c>
+      <c r="N53" s="34">
         <v>5</v>
       </c>
-      <c r="M14" s="31">
-[...11 lines deleted...]
-      <c r="C15" s="23" t="s">
+      <c r="O53" s="35">
+        <f t="shared" si="0"/>
+        <v>47788</v>
+      </c>
+    </row>
+    <row r="54" spans="2:15" x14ac:dyDescent="0.25">
+      <c r="B54" s="48" t="s">
+        <v>57</v>
+      </c>
+      <c r="C54" s="29" t="s">
+        <v>146</v>
+      </c>
+      <c r="D54" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E54" s="57" t="s">
         <v>117</v>
       </c>
-      <c r="D15" s="23" t="s">
-[...11 lines deleted...]
-      <c r="H15" s="14" t="s">
+      <c r="F54" s="58" t="s">
+        <v>134</v>
+      </c>
+      <c r="G54" s="8" t="s">
+        <v>135</v>
+      </c>
+      <c r="H54" s="34" t="s">
         <v>11</v>
       </c>
-      <c r="I15" s="10" t="s">
-[...35 lines deleted...]
-      <c r="G16" s="57" t="s">
+      <c r="I54" s="42" t="s">
         <v>56</v>
       </c>
-      <c r="H16" s="14" t="s">
-[...519 lines deleted...]
-        <f t="shared" si="1"/>
+      <c r="J54" s="17" t="s">
+        <v>12</v>
+      </c>
+      <c r="K54" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L54" s="19" t="s">
+        <v>12</v>
+      </c>
+      <c r="M54" s="61">
         <v>46143</v>
       </c>
-    </row>
-[...1047 lines deleted...]
-        <v>47788</v>
+      <c r="N54" s="62">
+        <v>1</v>
+      </c>
+      <c r="O54" s="61">
+        <f>DATE(YEAR(M54)+(N54),MONTH(M54),DAY(M54))</f>
+        <v>46508</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="57CZUfIrbv58bUBTy0Xt0paM4wEYKnMx4vbT0FcoKIwEIwDRgMfq93ot37tsdmFcVI62alWYqNHBi6/p1lUMAw==" saltValue="zPz/0NfftHprfhlgrhF4SQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
-[...4 lines deleted...]
-    <mergeCell ref="K2:M2"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="DruTq/E/qiREejZ/qNEQyyoclkkvMJ5+XKQXKuLnlzSwNI0LOZ0O2q6fRSyffvYWdyI+sXsP0rmlg9CGojcNxA==" saltValue="1HuZp9A4R3EptSwGIposjA==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <mergeCells count="3">
+    <mergeCell ref="J4:L4"/>
+    <mergeCell ref="A1:O1"/>
+    <mergeCell ref="K2:O2"/>
   </mergeCells>
+  <dataValidations count="1">
+    <dataValidation type="textLength" operator="equal" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D36" xr:uid="{B591F8F6-8FFD-4F83-93F4-7052A927D400}">
+      <formula1>12</formula1>
+    </dataValidation>
+  </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
   <tableParts count="1">
-    <tablePart r:id="rId3"/>
+    <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>MTP</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>pauline.rebichon</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-12-08T16:36:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>0d83f42f-46b4-4e36-a281-d42f9f5d7a5a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>