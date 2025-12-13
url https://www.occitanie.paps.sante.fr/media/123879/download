--- v0 (2025-10-03)
+++ v1 (2025-12-13)
@@ -1,328 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\pauline.rebichon\Documents\6-PAPS\MAI 2025\Affectations Mai 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\DPR\INTERNATS\INTERNAT-MEDECINE-TOULOUSE\NOV 2025\Affectations\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{38D8FBBD-E2C4-4D2D-89B3-575617FF714E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D269DCAA-30C8-45DE-ACA3-51F9915988D6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="DESCO MAI 25" sheetId="1" r:id="rId1"/>
+    <sheet name="DESCO Novembre 2025" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="59">
   <si>
     <t>Subdivision</t>
   </si>
   <si>
     <t>DES de Gestion</t>
   </si>
   <si>
     <t>Promo</t>
   </si>
   <si>
     <t>Identité</t>
   </si>
   <si>
     <t>Phase</t>
   </si>
   <si>
     <t>N° du TS</t>
   </si>
   <si>
     <t>Ets d'affectation</t>
   </si>
   <si>
     <t>Services d'affectation</t>
   </si>
   <si>
     <t>RTS</t>
   </si>
   <si>
     <t>Toulouse</t>
   </si>
   <si>
     <t>ODONTO - Chirurgie orale R3C</t>
   </si>
   <si>
-    <t>CLAN DE POMMAYRAC Marie</t>
-[...1 lines deleted...]
-  <si>
     <t>Montpellier</t>
   </si>
   <si>
-    <t>MERCURIO Marie</t>
-[...1 lines deleted...]
-  <si>
     <t>MEDECIN - Chirurgie Orale R3C</t>
   </si>
   <si>
     <t>P2</t>
   </si>
   <si>
     <t>P3</t>
   </si>
   <si>
-    <t xml:space="preserve">LASSAUX Victoire </t>
-[...1 lines deleted...]
-  <si>
     <t>BRISSET Mathieu</t>
   </si>
   <si>
     <t>DONADON Elisa</t>
   </si>
   <si>
-    <t>FERRER Mélanie</t>
-[...1 lines deleted...]
-  <si>
     <t>THOUVENY Gabriel</t>
   </si>
   <si>
     <t>MARSAULT Victoria</t>
   </si>
   <si>
-    <t>LE MESRE DE PAS Lorraine</t>
-[...4 lines deleted...]
-  <si>
     <t>DUBARRY Guillaume</t>
   </si>
   <si>
     <t>Nombre semestres maquette</t>
   </si>
   <si>
+    <t>HARID Zakarïa</t>
+  </si>
+  <si>
+    <t>AUBERT Victor</t>
+  </si>
+  <si>
+    <t>VERGNOLE Heloise</t>
+  </si>
+  <si>
+    <t>SAVANI Estelle</t>
+  </si>
+  <si>
+    <t>ZAIRAKHANOV Markha</t>
+  </si>
+  <si>
     <t>P1</t>
   </si>
   <si>
-    <t>HARID Zakarïa</t>
-[...41 lines deleted...]
-    <t>CHU Montpellier</t>
+    <t>730015390025</t>
+  </si>
+  <si>
+    <t>CHIR MAXILLO FACIALE</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHU TOULOUSE PURPAN </t>
+  </si>
+  <si>
+    <t>LAUWERS Frédéric</t>
+  </si>
+  <si>
+    <t>760007410003</t>
+  </si>
+  <si>
+    <t>CHIRURGIE ORALE</t>
+  </si>
+  <si>
+    <t>CHU TOULOUSE RANGUEIL</t>
+  </si>
+  <si>
+    <t>COUSTY Sarah</t>
+  </si>
+  <si>
+    <t>Guillin Maxime</t>
+  </si>
+  <si>
+    <t>LABAUGE Pierre</t>
+  </si>
+  <si>
+    <t>CHU34 GDC</t>
+  </si>
+  <si>
+    <t>NEUROLOGIE</t>
+  </si>
+  <si>
+    <t>Gomes-Rouchouse Charlotte</t>
+  </si>
+  <si>
+    <t>CHU Toulouse</t>
+  </si>
+  <si>
+    <t>ORL A RHINO LARYNGO CMF CANCERO PATHO SOMMEIL</t>
+  </si>
+  <si>
+    <t>VERGEZ Sébastien</t>
+  </si>
+  <si>
+    <t>LAUWERS Frederic</t>
+  </si>
+  <si>
+    <t>Odontologie - Centre de soins dentaires - CHU Toulouse</t>
+  </si>
+  <si>
+    <t>Centre Médical de la Polyclinique St Roch </t>
+  </si>
+  <si>
+    <t>Cabinet de Chirurgie Orale</t>
+  </si>
+  <si>
+    <t>FAVRE DE THIERRENS Carle</t>
+  </si>
+  <si>
+    <t>910006470005</t>
+  </si>
+  <si>
+    <t>CHU NIMES CAREMEAU</t>
+  </si>
+  <si>
+    <t>LAPEYRIE Philippe</t>
+  </si>
+  <si>
+    <t>CH Perpignan</t>
+  </si>
+  <si>
+    <t>CHIRURGIE MAXILLO-FACIALE</t>
+  </si>
+  <si>
+    <t>MALADIERE Eric</t>
+  </si>
+  <si>
+    <t>Bahram Fouad</t>
+  </si>
+  <si>
+    <t>Dali-Youcef Nawel</t>
+  </si>
+  <si>
+    <t>CH PERPIGNAN</t>
+  </si>
+  <si>
+    <t>CHU MONTPELLIER</t>
   </si>
   <si>
     <t>Centre de soins dentaires/Chirurgie orale</t>
-  </si>
-[...64 lines deleted...]
-    <t>GLEIZAL Arnaud</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="7" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
-[...11 lines deleted...]
-      <sz val="10"/>
+      <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="10"/>
+      <sz val="11"/>
+      <color rgb="FFFF0000"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -351,702 +326,594 @@
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="48">
+  <cellXfs count="23">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...11 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="1" fillId="2" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="1" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...73 lines deleted...]
-    <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="15">
     <dxf>
       <font>
+        <b val="0"/>
+        <i val="0"/>
         <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
-        <bottom style="thin">
-[...7 lines deleted...]
-        </horizontal>
+        <bottom/>
+        <vertical/>
+        <horizontal/>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <border diagonalUp="0" diagonalDown="0">
-[...18 lines deleted...]
-      </border>
+      <alignment vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-      <alignment horizontal="left" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-[...308 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0">
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top style="thin">
           <color indexed="64"/>
         </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
-    </dxf>
-[...1 lines deleted...]
-      <border>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="10"/>
         <color auto="1"/>
         <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <numFmt numFmtId="1" formatCode="0"/>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="left" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </font>
+      <fill>
+        <patternFill patternType="none">
+          <fgColor indexed="64"/>
+          <bgColor auto="1"/>
+        </patternFill>
+      </fill>
+      <alignment horizontal="center" vertical="center" textRotation="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+      </border>
+    </dxf>
+    <dxf>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color indexed="64"/>
+        </left>
+        <right style="thin">
+          <color indexed="64"/>
+        </right>
+        <top style="thin">
+          <color indexed="64"/>
+        </top>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <strike val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="10"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="2"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0">
+      <border diagonalUp="0" diagonalDown="0" outline="0">
         <left style="thin">
           <color indexed="64"/>
         </left>
         <right style="thin">
           <color indexed="64"/>
         </right>
         <top/>
         <bottom/>
-        <vertical style="thin">
-[...4 lines deleted...]
-        </horizontal>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau5" displayName="Tableau5" ref="B2:K19" totalsRowShown="0" headerRowDxfId="14" dataDxfId="12" headerRowBorderDxfId="13" tableBorderDxfId="11" totalsRowBorderDxfId="10">
-[...2 lines deleted...]
-    <sortCondition ref="B2:B19"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Tableau5" displayName="Tableau5" ref="B2:K16" totalsRowShown="0" headerRowDxfId="14" dataDxfId="1" headerRowBorderDxfId="13" tableBorderDxfId="12" totalsRowBorderDxfId="11">
+  <autoFilter ref="B2:K16" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:K16">
+    <sortCondition ref="B2:B16"/>
   </sortState>
   <tableColumns count="10">
-    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Subdivision" dataDxfId="9"/>
-[...8 lines deleted...]
-    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="RTS" dataDxfId="0"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Subdivision" dataDxfId="10"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="DES de Gestion" dataDxfId="9"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Identité" dataDxfId="8"/>
+    <tableColumn id="1" xr3:uid="{B36392A0-F6DA-4B8B-978C-5CEB5B87CC37}" name="Promo" dataDxfId="0"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Nombre semestres maquette" dataDxfId="7"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Phase" dataDxfId="6"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="N° du TS" dataDxfId="5"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="Ets d'affectation" dataDxfId="4"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="Services d'affectation" dataDxfId="3"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="RTS" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight11" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
@@ -1275,691 +1142,606 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="B1:L22"/>
+  <dimension ref="B2:L16"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="E24" sqref="E24"/>
+      <selection activeCell="M8" sqref="M8"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="2.140625" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="12" width="31" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="2.140625" style="5" customWidth="1"/>
+    <col min="2" max="2" width="11.42578125" style="10"/>
+    <col min="3" max="3" width="26.85546875" style="11" customWidth="1"/>
+    <col min="4" max="4" width="27.42578125" style="11" customWidth="1"/>
+    <col min="5" max="5" width="11.5703125" style="10" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="10.7109375" style="10" customWidth="1"/>
+    <col min="7" max="7" width="10.140625" style="10" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="20.28515625" style="13" customWidth="1"/>
+    <col min="9" max="9" width="22.5703125" style="11" customWidth="1"/>
+    <col min="10" max="10" width="33.28515625" style="11" bestFit="1" customWidth="1"/>
+    <col min="11" max="11" width="30.140625" style="11" customWidth="1"/>
+    <col min="12" max="12" width="31" style="5" bestFit="1" customWidth="1"/>
+    <col min="13" max="16384" width="11.42578125" style="5"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:11" x14ac:dyDescent="0.25">
-      <c r="H1" s="28"/>
+    <row r="2" spans="2:12" s="10" customFormat="1" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="B2" s="7" t="s">
+        <v>0</v>
+      </c>
+      <c r="C2" s="7" t="s">
+        <v>1</v>
+      </c>
+      <c r="D2" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="F2" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="H2" s="8" t="s">
+        <v>5</v>
+      </c>
+      <c r="I2" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="J2" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="K2" s="7" t="s">
+        <v>8</v>
+      </c>
     </row>
-    <row r="2" spans="2:11" ht="38.25" x14ac:dyDescent="0.25">
-      <c r="B2" s="39" t="s">
+    <row r="3" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="E3" s="1">
+        <v>2022</v>
+      </c>
+      <c r="F3" s="1">
+        <v>6</v>
+      </c>
+      <c r="G3" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H3" s="16">
+        <v>910001910013</v>
+      </c>
+      <c r="I3" s="17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="K3" s="17" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="4" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" s="1">
+        <v>2021</v>
+      </c>
+      <c r="F4" s="1">
+        <v>6</v>
+      </c>
+      <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" s="19">
+        <v>910000290010</v>
+      </c>
+      <c r="I4" s="18" t="s">
+        <v>56</v>
+      </c>
+      <c r="J4" s="18" t="s">
+        <v>52</v>
+      </c>
+      <c r="K4" s="9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="5" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B5" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" s="1">
+        <v>2023</v>
+      </c>
+      <c r="F5" s="1">
+        <v>4</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H5" s="6" t="s">
+        <v>48</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>49</v>
+      </c>
+      <c r="J5" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K5" s="4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6" spans="2:12" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="E6" s="1">
+        <v>2023</v>
+      </c>
+      <c r="F6" s="1">
+        <v>4</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H6" s="20" t="s">
+        <v>27</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="J6" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="K6" s="4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="7" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E7" s="1">
+        <v>2024</v>
+      </c>
+      <c r="F7" s="1">
+        <v>2</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H7" s="6">
+        <v>760006800001</v>
+      </c>
+      <c r="I7" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="J7" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="K7" s="9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="8" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B8" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" s="1">
+        <v>2024</v>
+      </c>
+      <c r="F8" s="1">
+        <v>2</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="6">
+        <v>910000290010</v>
+      </c>
+      <c r="I8" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="J8" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="K8" s="9" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F9" s="1">
         <v>0</v>
       </c>
-      <c r="C2" s="39" t="s">
-[...2 lines deleted...]
-      <c r="D2" s="39" t="s">
+      <c r="G9" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="6">
+        <v>760005640002</v>
+      </c>
+      <c r="I9" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="J9" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K9" s="9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="10" spans="2:12" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B10" s="1" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="E10" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F10" s="1">
+        <v>0</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="H10" s="6">
+        <v>760005640002</v>
+      </c>
+      <c r="I10" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" s="9" t="s">
+        <v>58</v>
+      </c>
+      <c r="K10" s="9" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="11" spans="2:12" s="2" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B11" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" s="1">
+        <v>2022</v>
+      </c>
+      <c r="F11" s="1">
+        <v>6</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" s="19" t="s">
+        <v>27</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>29</v>
+      </c>
+      <c r="J11" s="18" t="s">
+        <v>28</v>
+      </c>
+      <c r="K11" s="18" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="12" spans="2:12" s="2" customFormat="1" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B12" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E12" s="1">
+        <v>2022</v>
+      </c>
+      <c r="F12" s="1">
+        <v>6</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" s="16" t="s">
+        <v>31</v>
+      </c>
+      <c r="I12" s="17" t="s">
+        <v>33</v>
+      </c>
+      <c r="J12" s="17" t="s">
+        <v>32</v>
+      </c>
+      <c r="K12" s="17" t="s">
+        <v>34</v>
+      </c>
+      <c r="L12" s="5"/>
+    </row>
+    <row r="13" spans="2:12" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B13" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="E13" s="3">
+        <v>2024</v>
+      </c>
+      <c r="F13" s="3">
         <v>2</v>
       </c>
-      <c r="E2" s="39" t="s">
-[...2 lines deleted...]
-      <c r="F2" s="39" t="s">
+      <c r="G13" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H13" s="6">
+        <v>730002920023</v>
+      </c>
+      <c r="I13" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="J13" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="K13" s="9" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="2:12" s="14" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B14" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E14" s="1">
+        <v>2024</v>
+      </c>
+      <c r="F14" s="1">
+        <v>2</v>
+      </c>
+      <c r="G14" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="H14" s="6">
+        <v>760007410003</v>
+      </c>
+      <c r="I14" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="J14" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="K14" s="9" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="2:12" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B15" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" s="12" t="s">
+        <v>35</v>
+      </c>
+      <c r="E15" s="3">
+        <v>2025</v>
+      </c>
+      <c r="F15" s="3">
+        <v>0</v>
+      </c>
+      <c r="G15" s="3" t="s">
         <v>26</v>
       </c>
-      <c r="G2" s="39" t="s">
-[...12 lines deleted...]
-        <v>8</v>
+      <c r="H15" s="20" t="s">
+        <v>31</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>33</v>
+      </c>
+      <c r="J15" s="4" t="s">
+        <v>32</v>
+      </c>
+      <c r="K15" s="4" t="s">
+        <v>34</v>
       </c>
     </row>
-    <row r="3" spans="2:11" s="2" customFormat="1" x14ac:dyDescent="0.25">
-[...35 lines deleted...]
-      <c r="C4" s="8" t="s">
+    <row r="16" spans="2:12" s="15" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="B16" s="1" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="D4" s="3">
-[...386 lines deleted...]
-      <c r="E16" s="27" t="s">
+      <c r="D16" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E16" s="1">
+        <v>2025</v>
+      </c>
+      <c r="F16" s="1">
+        <v>0</v>
+      </c>
+      <c r="G16" s="3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H16" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" s="22" t="s">
+        <v>29</v>
+      </c>
+      <c r="J16" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="K16" s="9" t="s">
         <v>30</v>
       </c>
-      <c r="F16" s="36">
-[...131 lines deleted...]
-      <c r="G22" s="4"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="XpRRCRxxcqWQkcmXQeGR/Lz/0lx1n+S6j2XBVVRZT957XAhgpwDBlWf16Ed+OxMFf7reyVZC3JyYRaB6U+copw==" saltValue="15GfM7zrpw9AJMFzYZ4JCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" sort="0" autoFilter="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="WpmwF9jrXW4yzIDeN7IGtOEy7mOZv9R8PnOtiF6iFfSgij7fhP6fpcA9mOkYCx2QfvgVTEdNLzclYvnIfm7ReA==" saltValue="/zkwu3cjKNoQExHspNj1IQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" autoFilter="0"/>
+  <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>DESCO MAI 25</vt:lpstr>
+      <vt:lpstr>DESCO Novembre 2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>ARS OCCITANIE</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>REBICHON, Pauline</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SetDate">
+    <vt:lpwstr>2025-08-19T12:04:43Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Name">
+    <vt:lpwstr>[Prod v5] C1 - Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_SiteId">
+    <vt:lpwstr>035e5292-5a25-4509-bb08-a555f7d31a8b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ActionId">
+    <vt:lpwstr>80dff450-84c1-4993-952f-943436b176be</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_3094c1fb-3db8-4cce-b079-9b022302847f_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>