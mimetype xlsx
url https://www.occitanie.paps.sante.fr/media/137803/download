--- v0 (2025-10-14)
+++ v1 (2026-03-16)
@@ -1,94 +1,90 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\DPR\INTERNATS\PAPS\MONTPELLIER\NOV 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="O:\DPR\INTERNATS\PAPS\MONTPELLIER\MAI 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5130EEDD-6C5B-4DAA-B302-5BF934ADEBC1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8B926D0D-EEEA-4AED-8E14-81D47CBE3E3C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11040" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="20370" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="FST" sheetId="5" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FST!$A$7:$N$187</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">FST!$A$7:$M$187</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1482" uniqueCount="634">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1301" uniqueCount="631">
   <si>
     <t>Numéro
 de l'agrément</t>
   </si>
   <si>
     <t>Type
 de l'agrément</t>
   </si>
   <si>
     <t>Durée
 de l'agrément</t>
   </si>
   <si>
     <t>Spécialité de l’agrément
 principal</t>
   </si>
   <si>
-    <t>Spécialité de l'agrément
-[...2 lines deleted...]
-  <si>
     <t>Phase 2</t>
   </si>
   <si>
     <t>Phase 3</t>
   </si>
   <si>
     <t>Semestre du début
 de l'agrément</t>
   </si>
   <si>
     <t>Numéro
 du terrain</t>
   </si>
   <si>
     <t>Libellé
 du terrain</t>
   </si>
   <si>
     <t>Nom
 du responsable</t>
   </si>
   <si>
     <t>Prénom
 du responsable</t>
   </si>
@@ -99,53 +95,50 @@
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Karim</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>Marie</t>
   </si>
   <si>
     <t>Stephanie</t>
   </si>
   <si>
     <t>MEDECINE POLYVALENTE</t>
   </si>
   <si>
     <t>Philippe</t>
   </si>
   <si>
-    <t>Patrick</t>
-[...1 lines deleted...]
-  <si>
     <t>FONCTIONNEL</t>
   </si>
   <si>
     <t>Médecine scolaire</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
     <t>Cancérologie déclinaison hémato-cancérologie pédiatrique</t>
   </si>
   <si>
     <t>Douleur</t>
   </si>
   <si>
     <t>Michel</t>
   </si>
   <si>
     <t>Martine</t>
   </si>
   <si>
     <t>Gilles</t>
   </si>
   <si>
     <t>Pierre</t>
@@ -303,53 +296,50 @@
   <si>
     <t>OPHTALMOLOGIE</t>
   </si>
   <si>
     <t>Stéphane</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>Jean-Philippe</t>
   </si>
   <si>
     <t>COURT SEJOUR GERIATRIQUE</t>
   </si>
   <si>
     <t>Audrey</t>
   </si>
   <si>
     <t>Urgences pédiatriques</t>
   </si>
   <si>
     <t>Médecine et biologie de la reproduction - andrologie</t>
   </si>
   <si>
-    <t>MEDECINE DU SPORT</t>
-[...1 lines deleted...]
-  <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>ONCOLOGIE MEDICALE</t>
   </si>
   <si>
     <t>Cancérologie traitements médicaux des cancers, déclinaison cancérologie de l'adulte</t>
   </si>
   <si>
     <t>Yves</t>
   </si>
   <si>
     <t>FABRE</t>
   </si>
   <si>
     <t>FOURCADE</t>
   </si>
   <si>
     <t>Frederique</t>
   </si>
   <si>
     <t>Cecile</t>
   </si>
   <si>
     <t>Valérie</t>
@@ -378,62 +368,56 @@
   <si>
     <t>Francoise</t>
   </si>
   <si>
     <t>DE BOUTRAY</t>
   </si>
   <si>
     <t>Cécile</t>
   </si>
   <si>
     <t>Edith</t>
   </si>
   <si>
     <t>Jonathan</t>
   </si>
   <si>
     <t>Florent</t>
   </si>
   <si>
     <t>CH PERPIGNAN</t>
   </si>
   <si>
     <t>76000007</t>
   </si>
   <si>
-    <t>Centre d'Algologie et soins Palliatifs</t>
-[...1 lines deleted...]
-  <si>
     <t>BERNARD</t>
   </si>
   <si>
     <t>CHU MONTPELLIER LAPEYRONIE</t>
   </si>
   <si>
-    <t>760000070010</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">CHU MONTPELLIER GUI DE CHAULIAC </t>
   </si>
   <si>
     <t xml:space="preserve">CH ALES </t>
   </si>
   <si>
     <t>76000080</t>
   </si>
   <si>
     <t>Centre mémoire Ressources Recherche</t>
   </si>
   <si>
     <t>BENNYS</t>
   </si>
   <si>
     <t>760000800008</t>
   </si>
   <si>
     <t>76000082</t>
   </si>
   <si>
     <t>CHIRURGIE PLASTIQUE , RECONSTRUCTRICE</t>
   </si>
   <si>
     <t>76000083</t>
@@ -513,110 +497,89 @@
   <si>
     <t>LEMH</t>
   </si>
   <si>
     <t>JUMAS BILAK</t>
   </si>
   <si>
     <t>Estelle</t>
   </si>
   <si>
     <t>Cardiologie pédiatrique et congénitale</t>
   </si>
   <si>
     <t>76000534</t>
   </si>
   <si>
     <t>GUILLAUMONT</t>
   </si>
   <si>
     <t xml:space="preserve">INSTITUT SAINT-PIERRE </t>
   </si>
   <si>
     <t>UMCH-USC</t>
   </si>
   <si>
-    <t>76000537</t>
-[...10 lines deleted...]
-  <si>
     <t>CH BEZIERS</t>
   </si>
   <si>
     <t>76000558</t>
   </si>
   <si>
     <t>Equipe mobile accompagn et soins pal</t>
   </si>
   <si>
     <t>INSTITUT CANCER MONTPELLIER</t>
   </si>
   <si>
-    <t>760005580004</t>
-[...1 lines deleted...]
-  <si>
     <t>CHIRURGIE INFANTILE</t>
   </si>
   <si>
     <t>SABATIER</t>
   </si>
   <si>
     <t>76000658</t>
   </si>
   <si>
     <t>760006580003</t>
   </si>
   <si>
     <t>760006590002</t>
   </si>
   <si>
     <t>76000659</t>
   </si>
   <si>
     <t>EMASP Algologie</t>
   </si>
   <si>
     <t>Chirurgie de la main</t>
   </si>
   <si>
     <t>CHU MONTPELLIER LA COLOMBIERE</t>
   </si>
   <si>
-    <t>760007060001</t>
-[...4 lines deleted...]
-  <si>
     <t>PMI</t>
   </si>
   <si>
     <t>COURTET</t>
   </si>
   <si>
     <t>NAVARRO</t>
   </si>
   <si>
     <t>LAVIGNE</t>
   </si>
   <si>
     <t>PNEUMOLOGIE ET ALLERGOLOGIE</t>
   </si>
   <si>
     <t>UNITE DE SOINS PALLIATIFS</t>
   </si>
   <si>
     <t>CHU NIMES LE GRAU DU ROI</t>
   </si>
   <si>
     <t>760010930001</t>
   </si>
   <si>
     <t>76001093</t>
@@ -786,92 +749,86 @@
   <si>
     <t>91000116</t>
   </si>
   <si>
     <t>STOEBNER</t>
   </si>
   <si>
     <t>DUPEYRON</t>
   </si>
   <si>
     <t>91000132</t>
   </si>
   <si>
     <t>RADIOTHERAPIE ET ONCOLOGIE</t>
   </si>
   <si>
     <t>BONS</t>
   </si>
   <si>
     <t>91000135</t>
   </si>
   <si>
     <t>SIRVAIN</t>
   </si>
   <si>
-    <t>910001350011</t>
-[...1 lines deleted...]
-  <si>
     <t>Jean-Michel</t>
   </si>
   <si>
     <t>91000174</t>
   </si>
   <si>
     <t>GRIS</t>
   </si>
   <si>
     <t>91000178</t>
   </si>
   <si>
     <t>CHIRURGIE DIGESTIVE A</t>
   </si>
   <si>
     <t>91000179</t>
   </si>
   <si>
     <t>91000185</t>
   </si>
   <si>
     <t>MEDECINE LEGALE</t>
   </si>
   <si>
     <t>91000186</t>
   </si>
   <si>
     <t>PEDIATRIE GENERALE-INFECTIOLOGIE ET IM</t>
   </si>
   <si>
     <t>910001860014</t>
   </si>
   <si>
     <t>91000191</t>
   </si>
   <si>
-    <t>LABAUGE</t>
-[...1 lines deleted...]
-  <si>
     <t>910001910012</t>
   </si>
   <si>
     <t>91000192</t>
   </si>
   <si>
     <t>DAIEN</t>
   </si>
   <si>
     <t>91000200</t>
   </si>
   <si>
     <t>EXPLORATIONS NEUROLOGIQUES ET EPILEPTO</t>
   </si>
   <si>
     <t>TAIEB</t>
   </si>
   <si>
     <t>910002000005</t>
   </si>
   <si>
     <t>91000202</t>
   </si>
   <si>
     <t>UNITE DES TROUBLES DU SOMMEIL</t>
@@ -1377,68 +1334,62 @@
   <si>
     <t>91000826</t>
   </si>
   <si>
     <t>JEAN-RICHARD</t>
   </si>
   <si>
     <t>MERCIER</t>
   </si>
   <si>
     <t>RICHARD</t>
   </si>
   <si>
     <t>91001330</t>
   </si>
   <si>
     <t>LE GUILLOU</t>
   </si>
   <si>
     <t>91001333</t>
   </si>
   <si>
     <t>Douleur psychosomatique</t>
   </si>
   <si>
-    <t>GINIES</t>
-[...1 lines deleted...]
-  <si>
     <t>910013330005</t>
   </si>
   <si>
     <t>91001338</t>
   </si>
   <si>
     <t>UDOR SERVICE DE MEDECINE AIGUE POLYVAL</t>
   </si>
   <si>
     <t>TALAU</t>
   </si>
   <si>
-    <t>910013380006</t>
-[...1 lines deleted...]
-  <si>
     <t>Elsa</t>
   </si>
   <si>
     <t>MO001453</t>
   </si>
   <si>
     <t>SERVICE GYNECO OBS - AMP</t>
   </si>
   <si>
     <t>HUBERLANT</t>
   </si>
   <si>
     <t>MO0014530002</t>
   </si>
   <si>
     <t>MO001454</t>
   </si>
   <si>
     <t>PEDIATRIE URGENCES</t>
   </si>
   <si>
     <t>MO0014540002</t>
   </si>
   <si>
     <t>MO001455</t>
@@ -1542,104 +1493,98 @@
   <si>
     <t>DAUJAT-CHAVANIEU</t>
   </si>
   <si>
     <t>Tal</t>
   </si>
   <si>
     <t>Cédric</t>
   </si>
   <si>
     <t>GALLAY/CUVILLON</t>
   </si>
   <si>
     <t>Caroline/Philippe</t>
   </si>
   <si>
     <t>CAPDEVILA</t>
   </si>
   <si>
     <t>Romain</t>
   </si>
   <si>
     <t>CAMBONIE</t>
   </si>
   <si>
-    <t>SERVICE ADDICTOLOGIE</t>
-[...1 lines deleted...]
-  <si>
     <t>SERVICE DE MEDECINE DU SPORT</t>
   </si>
   <si>
     <t>HOPITAL PRIVE DU GRAND NARBONNE</t>
   </si>
   <si>
     <t>IRMB</t>
   </si>
   <si>
     <t>SILGA</t>
   </si>
   <si>
     <t>Irene</t>
   </si>
   <si>
     <t>THOMASO</t>
   </si>
   <si>
     <t>MO001475</t>
   </si>
   <si>
     <t>MEDECINE POLYVALENTE A et B</t>
   </si>
   <si>
     <t>CH BASSIN DE THAU</t>
   </si>
   <si>
     <t>MO001478</t>
   </si>
   <si>
     <t>MO0014780001</t>
   </si>
   <si>
     <t>BOBBIA</t>
   </si>
   <si>
     <t>GENRE-GRANDPIERRE</t>
   </si>
   <si>
     <t>Médecine de guerre</t>
   </si>
   <si>
     <t>Dernier Semestre d'agrément (inclus)</t>
   </si>
   <si>
     <t>COULET</t>
   </si>
   <si>
-    <t>Agréments FST - Subdivision Montpellier</t>
-[...1 lines deleted...]
-  <si>
     <t>SCHANDRIN</t>
   </si>
   <si>
     <t>Aurelie</t>
   </si>
   <si>
     <t>CHU MONTPELLIER SE</t>
   </si>
   <si>
     <t>SERVICE DE MEDECINE INTERNE ET IMMUNOLOGIE CLINIQUE</t>
   </si>
   <si>
     <t>RIVIERE</t>
   </si>
   <si>
     <t>MO001741</t>
   </si>
   <si>
     <t>MO0017410001</t>
   </si>
   <si>
     <t>LABORATOIRE DE GÉNÉTIQUE MOLÉCULAIRE DE MALADIES RARES (LGMMR)</t>
   </si>
   <si>
     <t>COSSEE</t>
@@ -1665,321 +1610,366 @@
   <si>
     <t>Innovation et recherche en sciences biologiques et pharmaceutiques</t>
   </si>
   <si>
     <t>SERVICE DE PRÉVENTION DES INFECTIONS ET DE LA RÉSISTANCE  (SPIR)</t>
   </si>
   <si>
     <t>JULIER</t>
   </si>
   <si>
     <t>Ingris</t>
   </si>
   <si>
     <t>MEDECINE INTERNE</t>
   </si>
   <si>
     <t>FONTAINE</t>
   </si>
   <si>
     <t>Christophe</t>
   </si>
   <si>
     <t>ROUBILLE</t>
   </si>
   <si>
-    <t>Médecine gériatrique Court Séjour</t>
-[...1 lines deleted...]
-  <si>
     <t>VAN GALEN</t>
   </si>
   <si>
     <t>Clement</t>
   </si>
   <si>
     <t>MO001745</t>
   </si>
   <si>
     <t>MO0017450001</t>
   </si>
   <si>
-    <t>Equipe Mobile d'accompagnement, de soutien et e soins palliatifs - EMASSP</t>
-[...1 lines deleted...]
-  <si>
     <t>MOUNIE-OZIOL</t>
   </si>
   <si>
     <t>SERVICE DE PHYSIOLOGIE CLINIQUE - EXPL</t>
   </si>
   <si>
     <t>HAYOT</t>
   </si>
   <si>
     <t>Maurice</t>
   </si>
   <si>
     <t>CHU MONTPELLIER ADV</t>
   </si>
   <si>
     <t>CHU MONTPELLIER GDC</t>
   </si>
   <si>
     <t>ORL B, OTOLOGIE, NEUROTOLOGIE, ORL PED</t>
   </si>
   <si>
     <t>MONDAIN</t>
   </si>
   <si>
     <t>MEDECINE GERIATRIQUE</t>
   </si>
   <si>
     <t>MROUKI</t>
   </si>
   <si>
     <t>Maroua</t>
   </si>
   <si>
     <t>RICARD</t>
   </si>
   <si>
     <t>Leila</t>
   </si>
   <si>
     <t>UNITE EVALUATION READAP CARDIO PED</t>
   </si>
   <si>
     <t>PHILIBERT</t>
   </si>
   <si>
     <t>MO0014750002</t>
   </si>
   <si>
-    <t>760005420007</t>
-[...4 lines deleted...]
-  <si>
     <t>BOURGAUX</t>
   </si>
   <si>
     <t>Jean-Francois</t>
   </si>
   <si>
     <t>UNITE DE SOINS INTENSIFS/CMP HOCHE</t>
   </si>
   <si>
     <t>WICKENHAUSER</t>
   </si>
   <si>
     <t>Stefan</t>
   </si>
   <si>
     <t>LETOUZEY</t>
   </si>
   <si>
     <t>AMOUROUX</t>
   </si>
   <si>
     <t>Cyril</t>
   </si>
   <si>
     <t>AVIGNON/SULTAN</t>
   </si>
   <si>
     <t>Antoine/Ariane</t>
   </si>
   <si>
-    <t>BACCINO/MARTRILLE</t>
-[...4 lines deleted...]
-  <si>
     <t>DEMARIA</t>
   </si>
   <si>
     <t>DONNADIEU-RIGOLE</t>
   </si>
   <si>
     <t>STEPANIAN</t>
   </si>
   <si>
     <t>Alain</t>
   </si>
   <si>
     <t>MO001795</t>
   </si>
   <si>
     <t>MO0017950001</t>
   </si>
   <si>
     <t>BOURGIER/AZRIA</t>
   </si>
   <si>
     <t>Celine/David</t>
   </si>
   <si>
     <t>ALEXANDRE/VINCHES</t>
   </si>
   <si>
     <t>Marie/Marie</t>
   </si>
   <si>
     <t>MEDECINE POLYVALENTE ONCOLOGIQUE</t>
   </si>
   <si>
     <t>JACOT/VIALA</t>
   </si>
   <si>
     <t>William/Marie</t>
   </si>
   <si>
-    <t>MORIN</t>
-[...4 lines deleted...]
-  <si>
     <t>DEMOLY/BOURDIN</t>
   </si>
   <si>
     <t>Pascal/Arnaud</t>
   </si>
   <si>
     <t>DERMATOLOGIE/UNITE ALLERGOLOGIE</t>
   </si>
   <si>
     <t>RAISON PEYRON</t>
   </si>
   <si>
     <t>Fabienne</t>
   </si>
   <si>
     <t>REANIMATION</t>
   </si>
   <si>
     <t>BARBOT</t>
   </si>
   <si>
     <t>MO001625</t>
   </si>
   <si>
     <t>MO0016250002</t>
   </si>
   <si>
     <t>UNITE DE MPR</t>
   </si>
   <si>
     <t>FEUVRIER</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
     <t>MO001852</t>
   </si>
   <si>
     <t>MO0018520001</t>
   </si>
   <si>
-    <t>CH DE MILLAU</t>
-[...10 lines deleted...]
-  <si>
     <t>MEDECINE INTERNE ET MIPPU</t>
   </si>
   <si>
     <t>GOULABCHAND</t>
   </si>
   <si>
     <t>Radjiv</t>
   </si>
   <si>
     <t>MO001473</t>
   </si>
   <si>
     <t>MO0014730002</t>
   </si>
   <si>
     <t>POLE BIOLOGIE - PATHOLOGIE CRPV</t>
   </si>
   <si>
     <t>MO001631</t>
   </si>
   <si>
     <t>MO0016310002</t>
   </si>
   <si>
     <t>IHU/CENTRE D'INVESTIGATION DES MALADIES AUTO-IMMUNES (CIMA)</t>
   </si>
   <si>
     <t>Soins palliatifs Médecine palliative</t>
   </si>
   <si>
-    <t>PEROTIN/MARQUET</t>
-[...4 lines deleted...]
-  <si>
     <t>PLATEAU SOINS DE SUPPORT</t>
   </si>
   <si>
     <t>UNITE SOINS PALLIATIFS</t>
   </si>
   <si>
     <t>MO001805</t>
   </si>
   <si>
     <t>MO0018050001</t>
   </si>
   <si>
     <t>RECTORAT DE L'ACADEMIE DE MONTPELLIER</t>
   </si>
   <si>
     <t>DESDEN 66 Service de promotion de la santé en faveur des élèves</t>
   </si>
   <si>
     <t>NOEL</t>
   </si>
   <si>
     <t>Jeanne-Marie</t>
   </si>
   <si>
-    <t>MAJ :1/09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>BROUILLET</t>
+  </si>
+  <si>
+    <t>MO001877</t>
+  </si>
+  <si>
+    <t>MO0018770001</t>
+  </si>
+  <si>
+    <t xml:space="preserve">CHS LEON JEAN GREGORY </t>
+  </si>
+  <si>
+    <t>CSAPA ALINE VINOT</t>
+  </si>
+  <si>
+    <t>BOUQUIE</t>
+  </si>
+  <si>
+    <t>Regis</t>
+  </si>
+  <si>
+    <t>CENTRE D'ALGOLOGIE ET SOINS PALLIATIFS</t>
+  </si>
+  <si>
+    <t>CHARIF</t>
+  </si>
+  <si>
+    <t>Mahmoud</t>
+  </si>
+  <si>
+    <t>GONON-DEMOULIAN</t>
+  </si>
+  <si>
+    <t>Raphael</t>
+  </si>
+  <si>
+    <t>MARTRILLE</t>
+  </si>
+  <si>
+    <t>MEDECINE GERIATRIQUE COURT SEJOUR</t>
+  </si>
+  <si>
+    <t>CH MENDE</t>
+  </si>
+  <si>
+    <t>KEZACHIAN</t>
+  </si>
+  <si>
+    <t>SORITEAU</t>
+  </si>
+  <si>
+    <t>Laure</t>
+  </si>
+  <si>
+    <t>MARQUET</t>
+  </si>
+  <si>
+    <t>Mélanie</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE D'ACCOMPAGNEMENT, DE SOUTIEN ET DE SOINS PALLIATIFS - EMASSP</t>
+  </si>
+  <si>
+    <t>MO001859</t>
+  </si>
+  <si>
+    <t>MO0018590001</t>
+  </si>
+  <si>
+    <t>SERVICE DES TROUBLES DU SOMMEIL ET ACUPUNCTURE</t>
+  </si>
+  <si>
+    <t>ABRIL-VILLALBA</t>
+  </si>
+  <si>
+    <t>Beatriz</t>
+  </si>
+  <si>
+    <t>MAJ :03/03/2026</t>
+  </si>
+  <si>
+    <t>CH LUNEL</t>
+  </si>
+  <si>
+    <t>PLATEAU MEDECINE SOINS PALLIATIFS</t>
+  </si>
+  <si>
+    <t>ADHAM</t>
+  </si>
+  <si>
+    <t>Salma</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="mmm\ yyyy"/>
   </numFmts>
   <fonts count="10" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -2047,51 +2037,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF32276F"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="6" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="4">
+  <borders count="5">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dashed">
         <color auto="1"/>
@@ -2100,55 +2090,70 @@
         <color auto="1"/>
       </right>
       <top style="dashed">
         <color auto="1"/>
       </top>
       <bottom style="dashed">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="dashed">
         <color auto="1"/>
       </left>
       <right style="dashed">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="dashed">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="dotted">
+        <color auto="1"/>
+      </left>
+      <right style="dotted">
+        <color auto="1"/>
+      </right>
+      <top style="dotted">
+        <color auto="1"/>
+      </top>
+      <bottom style="dotted">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="38">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="3" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
@@ -2161,101 +2166,95 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="1" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="5" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="5" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="5" borderId="4" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="3" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.wmf"/></Relationships>
 </file>
@@ -2587,7330 +2586,6819 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:N187"/>
+  <dimension ref="A1:M188"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
       <pane xSplit="1" topLeftCell="B1" activePane="topRight" state="frozen"/>
-      <selection pane="topRight" activeCell="H119" sqref="H119:I119"/>
+      <selection pane="topRight" activeCell="D199" sqref="D199"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="12.28515625" customWidth="1"/>
-    <col min="2" max="2" width="18.42578125" style="23" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" style="22" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="15.28515625" bestFit="1" customWidth="1"/>
-    <col min="4" max="5" width="30.7109375" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="12" max="13" width="18" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="30.7109375" customWidth="1"/>
+    <col min="5" max="5" width="24.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="30.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="19.140625" customWidth="1"/>
+    <col min="8" max="8" width="16.42578125" bestFit="1" customWidth="1"/>
+    <col min="9" max="10" width="7.7109375" customWidth="1"/>
+    <col min="11" max="12" width="18" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.25">
       <c r="A1" s="5" t="s">
-        <v>632</v>
-[...8 lines deleted...]
-    <row r="7" spans="1:14" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="6" spans="1:13" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="7" spans="1:13" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="1" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="B7" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="B7" s="23" t="s">
         <v>0</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>1</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="F7" s="1" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>9</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>10</v>
       </c>
-      <c r="I7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="K7" s="3" t="s">
+      <c r="I7" s="2" t="s">
+        <v>4</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="K7" s="1" t="s">
         <v>6</v>
       </c>
-      <c r="L7" s="1" t="s">
-[...5 lines deleted...]
-      <c r="N7" s="1" t="s">
+      <c r="L7" s="4" t="s">
+        <v>500</v>
+      </c>
+      <c r="M7" s="1" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-    <row r="9" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="6" t="s">
+        <v>559</v>
+      </c>
+      <c r="B8" s="15" t="s">
+        <v>560</v>
+      </c>
+      <c r="C8" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" s="6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E8" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="6" t="s">
+        <v>292</v>
+      </c>
+      <c r="G8" s="6" t="s">
+        <v>556</v>
+      </c>
+      <c r="H8" s="6" t="s">
+        <v>62</v>
+      </c>
+      <c r="I8" s="8"/>
+      <c r="J8" s="9"/>
+      <c r="K8" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L8" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M8" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="6" t="s">
-        <v>583</v>
-[...2 lines deleted...]
-        <v>584</v>
+        <v>376</v>
+      </c>
+      <c r="B9" s="15">
+        <v>910005560012</v>
       </c>
       <c r="C9" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E9" s="6" t="s">
-        <v>41</v>
+        <v>112</v>
       </c>
       <c r="F9" s="6" t="s">
-        <v>131</v>
+        <v>377</v>
       </c>
       <c r="G9" s="6" t="s">
-        <v>306</v>
+        <v>378</v>
       </c>
       <c r="H9" s="6" t="s">
-        <v>580</v>
-[...5 lines deleted...]
-      <c r="K9" s="9"/>
+        <v>63</v>
+      </c>
+      <c r="I9" s="8"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="7">
+        <v>45962</v>
+      </c>
       <c r="L9" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="10" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M9" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="6" t="s">
-        <v>390</v>
+        <v>346</v>
       </c>
       <c r="B10" s="15">
-        <v>910005560012</v>
+        <v>910004700011</v>
       </c>
       <c r="C10" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D10" s="6" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="E10" s="6" t="s">
-        <v>41</v>
+        <v>173</v>
       </c>
       <c r="F10" s="6" t="s">
-        <v>116</v>
+        <v>347</v>
       </c>
       <c r="G10" s="6" t="s">
-        <v>391</v>
+        <v>540</v>
       </c>
       <c r="H10" s="6" t="s">
-        <v>392</v>
-[...5 lines deleted...]
-      <c r="K10" s="9"/>
+        <v>541</v>
+      </c>
+      <c r="I10" s="8"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="7">
+        <v>45962</v>
+      </c>
       <c r="L10" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="11" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M10" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="6" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>910004700011</v>
+        <v>601</v>
+      </c>
+      <c r="B11" s="15" t="s">
+        <v>602</v>
       </c>
       <c r="C11" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D11" s="6" t="s">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>39</v>
+      </c>
+      <c r="E11" s="32" t="s">
+        <v>603</v>
       </c>
       <c r="F11" s="6" t="s">
-        <v>185</v>
+        <v>604</v>
       </c>
       <c r="G11" s="6" t="s">
-        <v>361</v>
+        <v>605</v>
       </c>
       <c r="H11" s="6" t="s">
-        <v>560</v>
-[...5 lines deleted...]
-      <c r="K11" s="9"/>
+        <v>606</v>
+      </c>
+      <c r="I11" s="8"/>
+      <c r="J11" s="9"/>
+      <c r="K11" s="7">
+        <v>46143</v>
+      </c>
       <c r="L11" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="12" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47788</v>
+      </c>
+      <c r="M11" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="6" t="s">
-        <v>408</v>
+        <v>394</v>
       </c>
       <c r="B12" s="15">
         <v>910006360012</v>
       </c>
       <c r="C12" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" s="6" t="s">
+        <v>70</v>
+      </c>
+      <c r="E12" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F12" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="G12" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H12" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D12" s="6" t="s">
-[...18 lines deleted...]
-      <c r="K12" s="9"/>
+      <c r="I12" s="8"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="7">
+        <v>45962</v>
+      </c>
       <c r="L12" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="13" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M12" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="6" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="B13" s="15">
         <v>910006390016</v>
       </c>
       <c r="C13" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D13" s="6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E13" s="6" t="s">
-        <v>72</v>
+        <v>488</v>
       </c>
       <c r="F13" s="6" t="s">
-        <v>505</v>
+        <v>397</v>
       </c>
       <c r="G13" s="6" t="s">
-        <v>411</v>
+        <v>398</v>
       </c>
       <c r="H13" s="6" t="s">
-        <v>412</v>
-[...5 lines deleted...]
-      <c r="K13" s="9"/>
+        <v>29</v>
+      </c>
+      <c r="I13" s="8"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="7">
+        <v>45962</v>
+      </c>
       <c r="L13" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="14" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M13" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="6" t="s">
-        <v>525</v>
+        <v>507</v>
       </c>
       <c r="B14" s="15" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="C14" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D14" s="6" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="E14" s="6" t="s">
-        <v>72</v>
+        <v>127</v>
       </c>
       <c r="F14" s="6" t="s">
-        <v>132</v>
+        <v>509</v>
       </c>
       <c r="G14" s="6" t="s">
-        <v>527</v>
+        <v>510</v>
       </c>
       <c r="H14" s="6" t="s">
-        <v>528</v>
-[...5 lines deleted...]
-      <c r="K14" s="9"/>
+        <v>511</v>
+      </c>
+      <c r="I14" s="8"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="7">
+        <v>45778</v>
+      </c>
       <c r="L14" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M14" s="7">
         <v>47423</v>
       </c>
-      <c r="N14" s="6">
-[...3 lines deleted...]
-    <row r="15" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M14" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="6" t="s">
-        <v>304</v>
+        <v>290</v>
       </c>
       <c r="B15" s="15">
         <v>910002680013</v>
       </c>
       <c r="C15" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D15" s="6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E15" s="6" t="s">
-        <v>25</v>
+        <v>157</v>
       </c>
       <c r="F15" s="6" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>291</v>
+      </c>
+      <c r="G15" s="10" t="s">
+        <v>561</v>
       </c>
       <c r="H15" s="10" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-      <c r="K15" s="9"/>
+        <v>562</v>
+      </c>
+      <c r="I15" s="8"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="7">
+        <v>45962</v>
+      </c>
       <c r="L15" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="16" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M15" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="6">
         <v>91000216</v>
       </c>
       <c r="B16" s="15" t="s">
-        <v>285</v>
+        <v>271</v>
       </c>
       <c r="C16" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D16" s="6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E16" s="6" t="s">
-        <v>25</v>
+        <v>126</v>
       </c>
       <c r="F16" s="6" t="s">
-        <v>131</v>
+        <v>269</v>
       </c>
       <c r="G16" s="6" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="H16" s="6" t="s">
-        <v>284</v>
-[...5 lines deleted...]
-      <c r="K16" s="9"/>
+        <v>75</v>
+      </c>
+      <c r="I16" s="8"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="7">
+        <v>44501</v>
+      </c>
       <c r="L16" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M16" s="7">
         <v>46143</v>
       </c>
-      <c r="N16" s="6">
-[...3 lines deleted...]
-    <row r="17" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M16" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="6" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="B17" s="15">
         <v>910005360017</v>
       </c>
       <c r="C17" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D17" s="6" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="E17" s="6" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="F17" s="6" t="s">
-        <v>132</v>
+        <v>369</v>
       </c>
       <c r="G17" s="6" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="H17" s="6" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      <c r="K17" s="9"/>
+        <v>17</v>
+      </c>
+      <c r="I17" s="8"/>
+      <c r="J17" s="9"/>
+      <c r="K17" s="7">
+        <v>45962</v>
+      </c>
       <c r="L17" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="18" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M17" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="6" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="B18" s="15">
         <v>910003670014</v>
       </c>
       <c r="C18" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D18" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E18" s="6" t="s">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="F18" s="6" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>339</v>
+        <v>325</v>
+      </c>
+      <c r="G18" s="10" t="s">
+        <v>563</v>
       </c>
       <c r="H18" s="10" t="s">
-        <v>587</v>
-[...5 lines deleted...]
-      <c r="K18" s="9"/>
+        <v>564</v>
+      </c>
+      <c r="I18" s="8"/>
+      <c r="J18" s="9"/>
+      <c r="K18" s="7">
+        <v>45962</v>
+      </c>
       <c r="L18" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="19" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M18" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="6" t="s">
-        <v>373</v>
+        <v>359</v>
       </c>
       <c r="B19" s="15">
         <v>910004990012</v>
       </c>
       <c r="C19" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D19" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E19" s="6" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="F19" s="6" t="s">
-        <v>131</v>
+        <v>88</v>
       </c>
       <c r="G19" s="6" t="s">
-        <v>91</v>
+        <v>360</v>
       </c>
       <c r="H19" s="6" t="s">
-        <v>374</v>
-[...5 lines deleted...]
-      <c r="K19" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I19" s="8"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="7">
+        <v>45962</v>
+      </c>
       <c r="L19" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="20" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M19" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="6" t="s">
-        <v>245</v>
+        <v>233</v>
       </c>
       <c r="B20" s="15">
         <v>910001320010</v>
       </c>
       <c r="C20" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D20" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E20" s="6" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F20" s="6" t="s">
-        <v>139</v>
+        <v>234</v>
       </c>
       <c r="G20" s="6" t="s">
-        <v>246</v>
+        <v>235</v>
       </c>
       <c r="H20" s="6" t="s">
-        <v>247</v>
-[...5 lines deleted...]
-      <c r="K20" s="9"/>
+        <v>103</v>
+      </c>
+      <c r="I20" s="8"/>
+      <c r="J20" s="9"/>
+      <c r="K20" s="7">
+        <v>45962</v>
+      </c>
       <c r="L20" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="21" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M20" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="6" t="s">
-        <v>350</v>
+        <v>336</v>
       </c>
       <c r="B21" s="15">
         <v>910004370016</v>
       </c>
       <c r="C21" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D21" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E21" s="6" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F21" s="6" t="s">
-        <v>139</v>
+        <v>53</v>
       </c>
       <c r="G21" s="6" t="s">
-        <v>55</v>
+        <v>545</v>
       </c>
       <c r="H21" s="6" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-      <c r="K21" s="9"/>
+        <v>546</v>
+      </c>
+      <c r="I21" s="8"/>
+      <c r="J21" s="9"/>
+      <c r="K21" s="7">
+        <v>45962</v>
+      </c>
       <c r="L21" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="22" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M21" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="6">
         <v>91000268</v>
       </c>
       <c r="B22" s="15">
-        <v>910002680013</v>
+        <v>910002680014</v>
       </c>
       <c r="C22" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D22" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E22" s="6" t="s">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="F22" s="6" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>305</v>
+        <v>291</v>
+      </c>
+      <c r="G22" s="10" t="s">
+        <v>561</v>
       </c>
       <c r="H22" s="10" t="s">
-        <v>585</v>
-[...5 lines deleted...]
-      <c r="K22" s="9"/>
+        <v>562</v>
+      </c>
+      <c r="I22" s="8"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="7">
+        <v>45962</v>
+      </c>
       <c r="L22" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="23" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M22" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="6" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="B23" s="15">
         <v>910001790026</v>
       </c>
       <c r="C23" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D23" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E23" s="6" t="s">
-        <v>92</v>
+        <v>126</v>
       </c>
       <c r="F23" s="6" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="G23" s="6" t="s">
-        <v>129</v>
+        <v>461</v>
       </c>
       <c r="H23" s="6" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-      <c r="K23" s="9"/>
+        <v>51</v>
+      </c>
+      <c r="I23" s="8"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="7">
+        <v>45962</v>
+      </c>
       <c r="L23" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="24" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M23" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="6" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="B24" s="15">
         <v>910005360017</v>
       </c>
       <c r="C24" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D24" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E24" s="6" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="F24" s="6" t="s">
-        <v>132</v>
+        <v>369</v>
       </c>
       <c r="G24" s="6" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="H24" s="6" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      <c r="K24" s="9"/>
+        <v>17</v>
+      </c>
+      <c r="I24" s="8"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="7">
+        <v>45962</v>
+      </c>
       <c r="L24" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="25" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M24" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="6" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="B25" s="15">
         <v>910006850014</v>
       </c>
       <c r="C25" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D25" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E25" s="6" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F25" s="6" t="s">
-        <v>139</v>
+        <v>88</v>
       </c>
       <c r="G25" s="6" t="s">
-        <v>91</v>
+        <v>467</v>
       </c>
       <c r="H25" s="6" t="s">
-        <v>483</v>
-[...5 lines deleted...]
-      <c r="K25" s="9"/>
+        <v>99</v>
+      </c>
+      <c r="I25" s="8"/>
+      <c r="J25" s="9"/>
+      <c r="K25" s="7">
+        <v>45962</v>
+      </c>
       <c r="L25" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="26" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M25" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="6" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="B26" s="15">
         <v>910003650012</v>
       </c>
       <c r="C26" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D26" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E26" s="6" t="s">
-        <v>92</v>
+        <v>157</v>
       </c>
       <c r="F26" s="6" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>589</v>
+        <v>565</v>
+      </c>
+      <c r="G26" s="10" t="s">
+        <v>566</v>
       </c>
       <c r="H26" s="10" t="s">
-        <v>590</v>
-[...5 lines deleted...]
-      <c r="K26" s="9"/>
+        <v>567</v>
+      </c>
+      <c r="I26" s="8"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="7">
+        <v>45962</v>
+      </c>
       <c r="L26" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="27" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M26" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A27" s="6" t="s">
-        <v>219</v>
+        <v>207</v>
       </c>
       <c r="B27" s="15" t="s">
-        <v>222</v>
+        <v>210</v>
       </c>
       <c r="C27" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D27" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E27" s="6" t="s">
-        <v>92</v>
+        <v>127</v>
       </c>
       <c r="F27" s="6" t="s">
-        <v>132</v>
+        <v>208</v>
       </c>
       <c r="G27" s="6" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="H27" s="6" t="s">
-        <v>221</v>
-[...5 lines deleted...]
-      <c r="K27" s="9"/>
+        <v>100</v>
+      </c>
+      <c r="I27" s="8"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="7">
+        <v>44866</v>
+      </c>
       <c r="L27" s="7">
-        <v>44866</v>
-[...1 lines deleted...]
-      <c r="M27" s="7">
         <v>46508</v>
       </c>
-      <c r="N27" s="6">
-[...3 lines deleted...]
-    <row r="28" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M27" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A28" s="6" t="s">
-        <v>200</v>
+        <v>188</v>
       </c>
       <c r="B28" s="15">
         <v>910000410019</v>
       </c>
       <c r="C28" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D28" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E28" s="6" t="s">
-        <v>92</v>
+        <v>109</v>
       </c>
       <c r="F28" s="6" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
       <c r="G28" s="6" t="s">
-        <v>55</v>
+        <v>189</v>
       </c>
       <c r="H28" s="6" t="s">
-        <v>201</v>
-[...5 lines deleted...]
-      <c r="K28" s="9"/>
+        <v>190</v>
+      </c>
+      <c r="I28" s="8"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="7">
+        <v>45962</v>
+      </c>
       <c r="L28" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="29" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M28" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="6" t="s">
-        <v>242</v>
+        <v>230</v>
       </c>
       <c r="B29" s="15">
         <v>910001160015</v>
       </c>
       <c r="C29" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D29" s="6" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="E29" s="6" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="F29" s="6" t="s">
-        <v>139</v>
+        <v>124</v>
       </c>
       <c r="G29" s="6" t="s">
-        <v>129</v>
+        <v>231</v>
       </c>
       <c r="H29" s="6" t="s">
-        <v>243</v>
-[...5 lines deleted...]
-      <c r="K29" s="9"/>
+        <v>28</v>
+      </c>
+      <c r="I29" s="8"/>
+      <c r="J29" s="9"/>
+      <c r="K29" s="7">
+        <v>45962</v>
+      </c>
       <c r="L29" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="30" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M29" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="6" t="s">
-        <v>307</v>
+        <v>293</v>
       </c>
       <c r="B30" s="15">
         <v>910002770014</v>
       </c>
       <c r="C30" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D30" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E30" s="6" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="F30" s="6" t="s">
-        <v>132</v>
-[...11 lines deleted...]
-      <c r="K30" s="9"/>
+        <v>179</v>
+      </c>
+      <c r="G30" s="32" t="s">
+        <v>551</v>
+      </c>
+      <c r="H30" s="32" t="s">
+        <v>552</v>
+      </c>
+      <c r="I30" s="8"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="7">
+        <v>45962</v>
+      </c>
       <c r="L30" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="31" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M30" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="6" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B31" s="15">
         <v>760005340003</v>
       </c>
       <c r="C31" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D31" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E31" s="6" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="F31" s="6" t="s">
-        <v>157</v>
+        <v>542</v>
       </c>
       <c r="G31" s="6" t="s">
-        <v>562</v>
+        <v>151</v>
       </c>
       <c r="H31" s="6" t="s">
-        <v>156</v>
-[...5 lines deleted...]
-      <c r="K31" s="9"/>
+        <v>60</v>
+      </c>
+      <c r="I31" s="8"/>
+      <c r="J31" s="9"/>
+      <c r="K31" s="7">
+        <v>45962</v>
+      </c>
       <c r="L31" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="32" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M31" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="6" t="s">
-        <v>371</v>
+        <v>357</v>
       </c>
       <c r="B32" s="15">
         <v>910004870012</v>
       </c>
       <c r="C32" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D32" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="E32" s="6" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="F32" s="6" t="s">
-        <v>132</v>
+        <v>512</v>
       </c>
       <c r="G32" s="6" t="s">
-        <v>530</v>
+        <v>513</v>
       </c>
       <c r="H32" s="6" t="s">
-        <v>531</v>
-[...5 lines deleted...]
-      <c r="K32" s="9"/>
+        <v>59</v>
+      </c>
+      <c r="I32" s="8"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="7">
+        <v>45962</v>
+      </c>
       <c r="L32" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="33" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M32" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="6" t="s">
-        <v>274</v>
+        <v>260</v>
       </c>
       <c r="B33" s="15">
         <v>910002040014</v>
       </c>
       <c r="C33" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D33" s="6" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
       <c r="E33" s="6" t="s">
-        <v>175</v>
+        <v>112</v>
       </c>
       <c r="F33" s="6" t="s">
-        <v>116</v>
+        <v>261</v>
       </c>
       <c r="G33" s="6" t="s">
-        <v>275</v>
+        <v>501</v>
       </c>
       <c r="H33" s="6" t="s">
-        <v>518</v>
-[...5 lines deleted...]
-      <c r="K33" s="9"/>
+        <v>66</v>
+      </c>
+      <c r="I33" s="8"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="7">
+        <v>45962</v>
+      </c>
       <c r="L33" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="34" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M33" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="6" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
       <c r="B34" s="15" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="C34" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D34" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E34" s="6" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="F34" s="6" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="G34" s="6" t="s">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="H34" s="6" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-      <c r="K34" s="9"/>
+        <v>28</v>
+      </c>
+      <c r="I34" s="8"/>
+      <c r="J34" s="9"/>
+      <c r="K34" s="7">
+        <v>44866</v>
+      </c>
       <c r="L34" s="7">
-        <v>44866</v>
-[...1 lines deleted...]
-      <c r="M34" s="7">
         <v>46508</v>
       </c>
-      <c r="N34" s="6">
-[...3 lines deleted...]
-    <row r="35" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M34" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="11">
         <v>91000317</v>
       </c>
       <c r="B35" s="11">
         <v>910003170015</v>
       </c>
       <c r="C35" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D35" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E35" s="6" t="s">
-        <v>49</v>
+        <v>112</v>
       </c>
       <c r="F35" s="6" t="s">
-        <v>116</v>
+        <v>309</v>
       </c>
       <c r="G35" s="6" t="s">
-        <v>323</v>
+        <v>497</v>
       </c>
       <c r="H35" s="6" t="s">
-        <v>514</v>
-[...5 lines deleted...]
-      <c r="K35" s="9"/>
+        <v>38</v>
+      </c>
+      <c r="I35" s="8"/>
+      <c r="J35" s="9"/>
+      <c r="K35" s="7">
+        <v>45413</v>
+      </c>
       <c r="L35" s="7">
-        <v>45413</v>
-[...1 lines deleted...]
-      <c r="M35" s="7">
         <v>47058</v>
       </c>
-      <c r="N35" s="6">
-[...7 lines deleted...]
-      <c r="B36" s="26">
+      <c r="M35" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="B36" s="25">
         <v>910002210012</v>
       </c>
-      <c r="C36" s="25" t="s">
-[...21 lines deleted...]
-      <c r="K36" s="9"/>
+      <c r="C36" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="E36" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F36" s="24" t="s">
+        <v>277</v>
+      </c>
+      <c r="G36" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="H36" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I36" s="8"/>
+      <c r="J36" s="9"/>
+      <c r="K36" s="7">
+        <v>45962</v>
+      </c>
       <c r="L36" s="7">
-        <v>45962</v>
-[...12 lines deleted...]
-      <c r="B37" s="26">
+        <v>47604</v>
+      </c>
+      <c r="M36" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="B37" s="25">
         <v>910005540013</v>
       </c>
-      <c r="C37" s="25" t="s">
-[...21 lines deleted...]
-      <c r="K37" s="9"/>
+      <c r="C37" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>47</v>
+      </c>
+      <c r="E37" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F37" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="G37" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="H37" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I37" s="8"/>
+      <c r="J37" s="9"/>
+      <c r="K37" s="7">
+        <v>45962</v>
+      </c>
       <c r="L37" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="38" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M37" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A38" s="11">
         <v>76000536</v>
       </c>
       <c r="B38" s="11">
         <v>760005360004</v>
       </c>
       <c r="C38" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E38" s="6" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="F38" s="6" t="s">
-        <v>139</v>
+        <v>153</v>
       </c>
       <c r="G38" s="6" t="s">
-        <v>158</v>
+        <v>498</v>
       </c>
       <c r="H38" s="6" t="s">
-        <v>515</v>
-[...5 lines deleted...]
-      <c r="K38" s="9"/>
+        <v>484</v>
+      </c>
+      <c r="I38" s="8"/>
+      <c r="J38" s="9"/>
+      <c r="K38" s="7">
+        <v>45413</v>
+      </c>
       <c r="L38" s="7">
-        <v>45413</v>
-[...1 lines deleted...]
-      <c r="M38" s="7">
         <v>47058</v>
       </c>
-      <c r="N38" s="6">
-[...3 lines deleted...]
-    <row r="39" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M38" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="16">
         <v>91000311</v>
       </c>
       <c r="B39" s="11">
         <v>910003110011</v>
       </c>
       <c r="C39" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E39" s="6" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="F39" s="6" t="s">
-        <v>139</v>
+        <v>307</v>
       </c>
       <c r="G39" s="6" t="s">
-        <v>321</v>
+        <v>498</v>
       </c>
       <c r="H39" s="6" t="s">
-        <v>515</v>
-[...5 lines deleted...]
-      <c r="K39" s="9"/>
+        <v>484</v>
+      </c>
+      <c r="I39" s="8"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="7">
+        <v>45413</v>
+      </c>
       <c r="L39" s="7">
-        <v>45413</v>
-[...1 lines deleted...]
-      <c r="M39" s="7">
         <v>47058</v>
       </c>
-      <c r="N39" s="6">
-[...3 lines deleted...]
-    <row r="40" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M39" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="6" t="s">
-        <v>320</v>
+        <v>306</v>
       </c>
       <c r="B40" s="15" t="s">
-        <v>322</v>
+        <v>308</v>
       </c>
       <c r="C40" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D40" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E40" s="6" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="F40" s="6" t="s">
-        <v>139</v>
+        <v>307</v>
       </c>
       <c r="G40" s="6" t="s">
-        <v>321</v>
+        <v>498</v>
       </c>
       <c r="H40" s="6" t="s">
-        <v>515</v>
-[...5 lines deleted...]
-      <c r="K40" s="9"/>
+        <v>484</v>
+      </c>
+      <c r="I40" s="8"/>
+      <c r="J40" s="9"/>
+      <c r="K40" s="7">
+        <v>44866</v>
+      </c>
       <c r="L40" s="7">
-        <v>44866</v>
-[...1 lines deleted...]
-      <c r="M40" s="7">
         <v>46508</v>
       </c>
-      <c r="N40" s="6">
-[...3 lines deleted...]
-    <row r="41" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M40" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="6" t="s">
-        <v>316</v>
+        <v>302</v>
       </c>
       <c r="B41" s="15">
         <v>910002880015</v>
       </c>
       <c r="C41" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D41" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E41" s="6" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="F41" s="6" t="s">
-        <v>139</v>
+        <v>303</v>
       </c>
       <c r="G41" s="6" t="s">
-        <v>317</v>
+        <v>474</v>
       </c>
       <c r="H41" s="6" t="s">
-        <v>490</v>
-[...5 lines deleted...]
-      <c r="K41" s="9"/>
+        <v>25</v>
+      </c>
+      <c r="I41" s="8"/>
+      <c r="J41" s="9"/>
+      <c r="K41" s="7">
+        <v>45962</v>
+      </c>
       <c r="L41" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="42" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M41" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="6" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B42" s="15" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="C42" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D42" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E42" s="6" t="s">
-        <v>49</v>
+        <v>113</v>
       </c>
       <c r="F42" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G42" s="6" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="H42" s="6" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-      <c r="K42" s="9"/>
+        <v>16</v>
+      </c>
+      <c r="I42" s="8"/>
+      <c r="J42" s="9"/>
+      <c r="K42" s="7">
+        <v>44866</v>
+      </c>
       <c r="L42" s="7">
-        <v>44866</v>
-[...1 lines deleted...]
-      <c r="M42" s="7">
         <v>46508</v>
       </c>
-      <c r="N42" s="6">
-[...3 lines deleted...]
-    <row r="43" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M42" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="6" t="s">
-        <v>214</v>
+        <v>202</v>
       </c>
       <c r="B43" s="15">
         <v>910000670013</v>
       </c>
       <c r="C43" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D43" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E43" s="6" t="s">
-        <v>49</v>
+        <v>127</v>
       </c>
       <c r="F43" s="6" t="s">
-        <v>132</v>
+        <v>203</v>
       </c>
       <c r="G43" s="6" t="s">
-        <v>215</v>
+        <v>555</v>
       </c>
       <c r="H43" s="6" t="s">
-        <v>579</v>
-[...5 lines deleted...]
-      <c r="K43" s="9"/>
+        <v>204</v>
+      </c>
+      <c r="I43" s="8"/>
+      <c r="J43" s="9"/>
+      <c r="K43" s="7">
+        <v>45231</v>
+      </c>
       <c r="L43" s="7">
-        <v>45231</v>
-[...1 lines deleted...]
-      <c r="M43" s="7">
         <v>46874</v>
       </c>
-      <c r="N43" s="6">
-[...3 lines deleted...]
-    <row r="44" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M43" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A44" s="6" t="s">
-        <v>254</v>
+        <v>241</v>
       </c>
       <c r="B44" s="15">
         <v>910001780016</v>
       </c>
       <c r="C44" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D44" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E44" s="6" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="F44" s="6" t="s">
-        <v>131</v>
+        <v>242</v>
       </c>
       <c r="G44" s="6" t="s">
-        <v>255</v>
+        <v>91</v>
       </c>
       <c r="H44" s="6" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-      <c r="K44" s="9"/>
+        <v>238</v>
+      </c>
+      <c r="I44" s="8"/>
+      <c r="J44" s="9"/>
+      <c r="K44" s="7">
+        <v>45962</v>
+      </c>
       <c r="L44" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="45" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M44" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="6" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="B45" s="15">
         <v>910004670012</v>
       </c>
       <c r="C45" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D45" s="6" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="E45" s="6" t="s">
-        <v>49</v>
+        <v>126</v>
       </c>
       <c r="F45" s="6" t="s">
-        <v>131</v>
+        <v>344</v>
       </c>
       <c r="G45" s="6" t="s">
-        <v>358</v>
+        <v>169</v>
       </c>
       <c r="H45" s="6" t="s">
-        <v>181</v>
-[...5 lines deleted...]
-      <c r="K45" s="9"/>
+        <v>345</v>
+      </c>
+      <c r="I45" s="8"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="7">
+        <v>45962</v>
+      </c>
       <c r="L45" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="46" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M45" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="6" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="B46" s="15">
         <v>910006860015</v>
       </c>
       <c r="C46" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D46" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E46" s="6" t="s">
-        <v>66</v>
+        <v>112</v>
       </c>
       <c r="F46" s="6" t="s">
-        <v>116</v>
+        <v>416</v>
       </c>
       <c r="G46" s="6" t="s">
-        <v>430</v>
+        <v>417</v>
       </c>
       <c r="H46" s="6" t="s">
-        <v>431</v>
-[...5 lines deleted...]
-      <c r="K46" s="9"/>
+        <v>75</v>
+      </c>
+      <c r="I46" s="8"/>
+      <c r="J46" s="9"/>
+      <c r="K46" s="7">
+        <v>45962</v>
+      </c>
       <c r="L46" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="47" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M46" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="6" t="s">
-        <v>265</v>
+        <v>251</v>
       </c>
       <c r="B47" s="15">
         <v>910001920009</v>
       </c>
       <c r="C47" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D47" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E47" s="6" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="F47" s="6" t="s">
-        <v>118</v>
+        <v>79</v>
       </c>
       <c r="G47" s="6" t="s">
-        <v>81</v>
+        <v>252</v>
       </c>
       <c r="H47" s="6" t="s">
-        <v>266</v>
-[...5 lines deleted...]
-      <c r="K47" s="9"/>
+        <v>87</v>
+      </c>
+      <c r="I47" s="8"/>
+      <c r="J47" s="9"/>
+      <c r="K47" s="7">
+        <v>45962</v>
+      </c>
       <c r="L47" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="48" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M47" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="6" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B48" s="15">
         <v>760000830009</v>
       </c>
       <c r="C48" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D48" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E48" s="6" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="F48" s="6" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="G48" s="6" t="s">
-        <v>127</v>
+        <v>104</v>
       </c>
       <c r="H48" s="6" t="s">
-        <v>107</v>
-[...5 lines deleted...]
-      <c r="K48" s="9"/>
+        <v>16</v>
+      </c>
+      <c r="I48" s="8"/>
+      <c r="J48" s="9"/>
+      <c r="K48" s="7">
+        <v>45962</v>
+      </c>
       <c r="L48" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="49" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M48" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="6" t="s">
-        <v>302</v>
+        <v>288</v>
       </c>
       <c r="B49" s="15">
         <v>910002600015</v>
       </c>
       <c r="C49" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D49" s="6" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="E49" s="6" t="s">
-        <v>66</v>
+        <v>113</v>
       </c>
       <c r="F49" s="6" t="s">
-        <v>118</v>
+        <v>289</v>
       </c>
       <c r="G49" s="6" t="s">
-        <v>303</v>
+        <v>464</v>
       </c>
       <c r="H49" s="6" t="s">
-        <v>480</v>
-[...5 lines deleted...]
-      <c r="K49" s="9"/>
+        <v>135</v>
+      </c>
+      <c r="I49" s="8"/>
+      <c r="J49" s="9"/>
+      <c r="K49" s="7">
+        <v>45962</v>
+      </c>
       <c r="L49" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="50" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M49" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="6" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B50" s="15">
         <v>760000820007</v>
       </c>
       <c r="C50" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="E50" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F50" s="6" t="s">
+        <v>120</v>
+      </c>
+      <c r="G50" s="6" t="s">
+        <v>466</v>
+      </c>
+      <c r="H50" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D50" s="6" t="s">
-[...11 lines deleted...]
-      <c r="H50" s="6" t="s">
+      <c r="I50" s="8"/>
+      <c r="J50" s="9"/>
+      <c r="K50" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L50" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M50" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="B51" s="15">
+        <v>760000070013</v>
+      </c>
+      <c r="C51" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E51" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F51" s="6" t="s">
+        <v>607</v>
+      </c>
+      <c r="G51" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="H51" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="I51" s="8"/>
+      <c r="J51" s="9"/>
+      <c r="K51" s="28">
+        <v>46143</v>
+      </c>
+      <c r="L51" s="28">
+        <v>47788</v>
+      </c>
+      <c r="M51" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="B52" s="25">
+        <v>910002210013</v>
+      </c>
+      <c r="C52" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="E52" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F52" s="24" t="s">
+        <v>277</v>
+      </c>
+      <c r="G52" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="H52" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I52" s="8"/>
+      <c r="J52" s="9"/>
+      <c r="K52" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L52" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M52" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="24" t="s">
+        <v>372</v>
+      </c>
+      <c r="B53" s="25">
+        <v>910005530009</v>
+      </c>
+      <c r="C53" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="E53" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F53" s="24" t="s">
+        <v>373</v>
+      </c>
+      <c r="G53" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="H53" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I53" s="8"/>
+      <c r="J53" s="9"/>
+      <c r="K53" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L53" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M53" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="B54" s="25">
+        <v>910005540014</v>
+      </c>
+      <c r="C54" s="24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" s="24" t="s">
+        <v>24</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F54" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="G54" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="H54" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I54" s="8"/>
+      <c r="J54" s="9"/>
+      <c r="K54" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L54" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M54" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" s="6" t="s">
+        <v>163</v>
+      </c>
+      <c r="B55" s="15" t="s">
+        <v>162</v>
+      </c>
+      <c r="C55" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="E55" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="F55" s="6" t="s">
+        <v>164</v>
+      </c>
+      <c r="G55" s="6" t="s">
+        <v>481</v>
+      </c>
+      <c r="H55" s="6" t="s">
         <v>482</v>
       </c>
-      <c r="I50" s="6" t="s">
-[...203 lines deleted...]
-      <c r="K55" s="9"/>
+      <c r="I55" s="8"/>
+      <c r="J55" s="9"/>
+      <c r="K55" s="7">
+        <v>44501</v>
+      </c>
       <c r="L55" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M55" s="7">
         <v>46143</v>
       </c>
-      <c r="N55" s="6">
-[...3 lines deleted...]
-    <row r="56" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M55" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="6" t="s">
-        <v>297</v>
+        <v>283</v>
       </c>
       <c r="B56" s="15">
         <v>910002490014</v>
       </c>
       <c r="C56" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D56" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E56" s="6" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="F56" s="6" t="s">
-        <v>139</v>
+        <v>284</v>
       </c>
       <c r="G56" s="6" t="s">
-        <v>298</v>
+        <v>459</v>
       </c>
       <c r="H56" s="6" t="s">
-        <v>475</v>
-[...5 lines deleted...]
-      <c r="K56" s="9"/>
+        <v>19</v>
+      </c>
+      <c r="I56" s="8"/>
+      <c r="J56" s="9"/>
+      <c r="K56" s="7">
+        <v>45962</v>
+      </c>
       <c r="L56" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="57" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M56" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="6" t="s">
-        <v>299</v>
+        <v>285</v>
       </c>
       <c r="B57" s="15" t="s">
-        <v>301</v>
+        <v>287</v>
       </c>
       <c r="C57" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D57" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E57" s="6" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="F57" s="6" t="s">
-        <v>139</v>
+        <v>286</v>
       </c>
       <c r="G57" s="6" t="s">
-        <v>300</v>
+        <v>232</v>
       </c>
       <c r="H57" s="6" t="s">
-        <v>244</v>
-[...5 lines deleted...]
-      <c r="K57" s="9"/>
+        <v>100</v>
+      </c>
+      <c r="I57" s="8"/>
+      <c r="J57" s="9"/>
+      <c r="K57" s="7">
+        <v>45962</v>
+      </c>
       <c r="L57" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="58" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M57" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="6" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="B58" s="15">
         <v>910001910014</v>
       </c>
       <c r="C58" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D58" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E58" s="6" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="F58" s="6" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-      <c r="K58" s="9"/>
+        <v>48</v>
+      </c>
+      <c r="G58" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="H58" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="I58" s="8"/>
+      <c r="J58" s="9"/>
+      <c r="K58" s="7">
+        <v>45962</v>
+      </c>
       <c r="L58" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="59" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M58" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="6" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="B59" s="15">
         <v>910002100017</v>
       </c>
       <c r="C59" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D59" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E59" s="6" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="F59" s="6" t="s">
-        <v>116</v>
+        <v>263</v>
       </c>
       <c r="G59" s="6" t="s">
-        <v>277</v>
+        <v>470</v>
       </c>
       <c r="H59" s="6" t="s">
-        <v>486</v>
-[...5 lines deleted...]
-      <c r="K59" s="9"/>
+        <v>45</v>
+      </c>
+      <c r="I59" s="8"/>
+      <c r="J59" s="9"/>
+      <c r="K59" s="7">
+        <v>45962</v>
+      </c>
       <c r="L59" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="60" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M59" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="6" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B60" s="15" t="s">
-        <v>448</v>
+        <v>433</v>
       </c>
       <c r="C60" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D60" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E60" s="6" t="s">
-        <v>26</v>
+        <v>126</v>
       </c>
       <c r="F60" s="6" t="s">
-        <v>131</v>
-[...11 lines deleted...]
-      <c r="K60" s="9"/>
+        <v>432</v>
+      </c>
+      <c r="G60" s="32" t="s">
+        <v>610</v>
+      </c>
+      <c r="H60" s="32" t="s">
+        <v>611</v>
+      </c>
+      <c r="I60" s="8"/>
+      <c r="J60" s="9"/>
+      <c r="K60" s="7">
+        <v>44501</v>
+      </c>
       <c r="L60" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M60" s="7">
         <v>46143</v>
       </c>
-      <c r="N60" s="6">
-[...3 lines deleted...]
-    <row r="61" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M60" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="6" t="s">
-        <v>377</v>
+        <v>363</v>
       </c>
       <c r="B61" s="15">
         <v>910005300008</v>
       </c>
       <c r="C61" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D61" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E61" s="6" t="s">
-        <v>26</v>
+        <v>113</v>
       </c>
       <c r="F61" s="6" t="s">
-        <v>118</v>
+        <v>364</v>
       </c>
       <c r="G61" s="6" t="s">
-        <v>378</v>
+        <v>470</v>
       </c>
       <c r="H61" s="6" t="s">
-        <v>486</v>
-[...5 lines deleted...]
-      <c r="K61" s="9"/>
+        <v>45</v>
+      </c>
+      <c r="I61" s="8"/>
+      <c r="J61" s="9"/>
+      <c r="K61" s="7">
+        <v>45962</v>
+      </c>
       <c r="L61" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="62" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M61" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="6" t="s">
-        <v>278</v>
+        <v>264</v>
       </c>
       <c r="B62" s="15">
         <v>910002130022</v>
       </c>
       <c r="C62" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D62" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E62" s="6" t="s">
-        <v>26</v>
+        <v>112</v>
       </c>
       <c r="F62" s="6" t="s">
-        <v>116</v>
+        <v>265</v>
       </c>
       <c r="G62" s="6" t="s">
-        <v>279</v>
+        <v>472</v>
       </c>
       <c r="H62" s="6" t="s">
-        <v>488</v>
-[...5 lines deleted...]
-      <c r="K62" s="9"/>
+        <v>41</v>
+      </c>
+      <c r="I62" s="8"/>
+      <c r="J62" s="9"/>
+      <c r="K62" s="7">
+        <v>45962</v>
+      </c>
       <c r="L62" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="63" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M62" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="6" t="s">
-        <v>205</v>
+        <v>193</v>
       </c>
       <c r="B63" s="15">
         <v>910000590012</v>
       </c>
       <c r="C63" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D63" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E63" s="6" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="F63" s="6" t="s">
-        <v>139</v>
+        <v>48</v>
       </c>
       <c r="G63" s="6" t="s">
-        <v>50</v>
+        <v>194</v>
       </c>
       <c r="H63" s="6" t="s">
-        <v>206</v>
-[...5 lines deleted...]
-      <c r="K63" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I63" s="8"/>
+      <c r="J63" s="9"/>
+      <c r="K63" s="7">
+        <v>45962</v>
+      </c>
       <c r="L63" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="64" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M63" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="6" t="s">
-        <v>379</v>
+        <v>365</v>
       </c>
       <c r="B64" s="15">
         <v>910005330012</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D64" s="6" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="E64" s="6" t="s">
-        <v>26</v>
+        <v>134</v>
       </c>
       <c r="F64" s="6" t="s">
-        <v>139</v>
+        <v>366</v>
       </c>
       <c r="G64" s="6" t="s">
-        <v>380</v>
+        <v>367</v>
       </c>
       <c r="H64" s="6" t="s">
-        <v>381</v>
-[...5 lines deleted...]
-      <c r="K64" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I64" s="8"/>
+      <c r="J64" s="9"/>
+      <c r="K64" s="7">
+        <v>45962</v>
+      </c>
       <c r="L64" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="65" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M64" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="6" t="s">
-        <v>257</v>
+        <v>244</v>
       </c>
       <c r="B65" s="15">
         <v>910001850009</v>
       </c>
       <c r="C65" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D65" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E65" s="6" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F65" s="6" t="s">
-        <v>116</v>
+        <v>245</v>
       </c>
       <c r="G65" s="6" t="s">
-        <v>258</v>
+        <v>612</v>
       </c>
       <c r="H65" s="6" t="s">
-        <v>577</v>
-[...5 lines deleted...]
-      <c r="K65" s="9"/>
+        <v>46</v>
+      </c>
+      <c r="I65" s="8"/>
+      <c r="J65" s="9"/>
+      <c r="K65" s="7">
+        <v>45962</v>
+      </c>
       <c r="L65" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="66" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M65" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="6" t="s">
-        <v>393</v>
+        <v>379</v>
       </c>
       <c r="B66" s="15" t="s">
-        <v>395</v>
+        <v>381</v>
       </c>
       <c r="C66" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D66" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E66" s="6" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F66" s="6" t="s">
-        <v>116</v>
+        <v>380</v>
       </c>
       <c r="G66" s="6" t="s">
-        <v>394</v>
+        <v>168</v>
       </c>
       <c r="H66" s="6" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-      <c r="K66" s="9"/>
+        <v>19</v>
+      </c>
+      <c r="I66" s="8"/>
+      <c r="J66" s="9"/>
+      <c r="K66" s="7">
+        <v>44501</v>
+      </c>
       <c r="L66" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M66" s="7">
         <v>46143</v>
       </c>
-      <c r="N66" s="6">
-[...3 lines deleted...]
-    <row r="67" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M66" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="6" t="s">
-        <v>432</v>
+        <v>418</v>
       </c>
       <c r="B67" s="15">
         <v>910006870020</v>
       </c>
       <c r="C67" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D67" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E67" s="6" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F67" s="6" t="s">
-        <v>139</v>
+        <v>419</v>
       </c>
       <c r="G67" s="6" t="s">
-        <v>433</v>
+        <v>420</v>
       </c>
       <c r="H67" s="6" t="s">
-        <v>434</v>
-[...5 lines deleted...]
-      <c r="K67" s="9"/>
+        <v>458</v>
+      </c>
+      <c r="I67" s="8"/>
+      <c r="J67" s="9"/>
+      <c r="K67" s="7">
+        <v>45962</v>
+      </c>
       <c r="L67" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="68" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M67" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="6" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="B68" s="15">
         <v>910008260006</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D68" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E68" s="6" t="s">
-        <v>75</v>
+        <v>426</v>
       </c>
       <c r="F68" s="6" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="G68" s="6" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="H68" s="6" t="s">
-        <v>440</v>
-[...5 lines deleted...]
-      <c r="K68" s="9"/>
+        <v>93</v>
+      </c>
+      <c r="I68" s="8"/>
+      <c r="J68" s="9"/>
+      <c r="K68" s="7">
+        <v>45962</v>
+      </c>
       <c r="L68" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="69" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M68" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="6" t="s">
-        <v>461</v>
+        <v>445</v>
       </c>
       <c r="B69" s="15" t="s">
-        <v>465</v>
+        <v>449</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D69" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E69" s="6" t="s">
-        <v>75</v>
+        <v>448</v>
       </c>
       <c r="F69" s="6" t="s">
-        <v>464</v>
+        <v>446</v>
       </c>
       <c r="G69" s="6" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="H69" s="6" t="s">
-        <v>463</v>
-[...5 lines deleted...]
-      <c r="K69" s="9"/>
+        <v>62</v>
+      </c>
+      <c r="I69" s="8"/>
+      <c r="J69" s="9"/>
+      <c r="K69" s="7">
+        <v>45047</v>
+      </c>
       <c r="L69" s="7">
-        <v>45047</v>
-[...1 lines deleted...]
-      <c r="M69" s="7">
         <v>46692</v>
       </c>
-      <c r="N69" s="6">
-[...3 lines deleted...]
-    <row r="70" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M69" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="6" t="s">
-        <v>466</v>
+        <v>450</v>
       </c>
       <c r="B70" s="15" t="s">
-        <v>471</v>
+        <v>455</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D70" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E70" s="6" t="s">
-        <v>75</v>
+        <v>454</v>
       </c>
       <c r="F70" s="6" t="s">
-        <v>470</v>
+        <v>451</v>
       </c>
       <c r="G70" s="6" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="H70" s="6" t="s">
-        <v>468</v>
-[...5 lines deleted...]
-      <c r="K70" s="9"/>
+        <v>453</v>
+      </c>
+      <c r="I70" s="8"/>
+      <c r="J70" s="9"/>
+      <c r="K70" s="7">
+        <v>44501</v>
+      </c>
       <c r="L70" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M70" s="7">
         <v>46143</v>
       </c>
-      <c r="N70" s="6">
-[...3 lines deleted...]
-    <row r="71" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M70" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="6" t="s">
-        <v>403</v>
+        <v>389</v>
       </c>
       <c r="B71" s="15">
         <v>910005850010</v>
       </c>
       <c r="C71" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D71" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E71" s="6" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="F71" s="6" t="s">
-        <v>112</v>
+        <v>390</v>
       </c>
       <c r="G71" s="6" t="s">
-        <v>404</v>
+        <v>391</v>
       </c>
       <c r="H71" s="6" t="s">
-        <v>405</v>
-[...5 lines deleted...]
-      <c r="K71" s="9"/>
+        <v>94</v>
+      </c>
+      <c r="I71" s="8"/>
+      <c r="J71" s="9"/>
+      <c r="K71" s="7">
+        <v>45962</v>
+      </c>
       <c r="L71" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="72" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M71" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="6" t="s">
-        <v>170</v>
+        <v>160</v>
       </c>
       <c r="B72" s="15" t="s">
-        <v>171</v>
+        <v>161</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D72" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E72" s="6" t="s">
-        <v>75</v>
+        <v>134</v>
       </c>
       <c r="F72" s="6" t="s">
-        <v>139</v>
+        <v>547</v>
       </c>
       <c r="G72" s="6" t="s">
-        <v>569</v>
+        <v>502</v>
       </c>
       <c r="H72" s="6" t="s">
-        <v>520</v>
-[...5 lines deleted...]
-      <c r="K72" s="9"/>
+        <v>503</v>
+      </c>
+      <c r="I72" s="8"/>
+      <c r="J72" s="9"/>
+      <c r="K72" s="7">
+        <v>44501</v>
+      </c>
       <c r="L72" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M72" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="6" t="s">
+        <v>382</v>
+      </c>
+      <c r="B73" s="15" t="s">
+        <v>384</v>
+      </c>
+      <c r="C73" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="E73" s="6" t="s">
+        <v>166</v>
+      </c>
+      <c r="F73" s="6" t="s">
+        <v>383</v>
+      </c>
+      <c r="G73" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="H73" s="6" t="s">
+        <v>63</v>
+      </c>
+      <c r="I73" s="8"/>
+      <c r="J73" s="9"/>
+      <c r="K73" s="7">
         <v>44501</v>
       </c>
-      <c r="M72" s="7">
+      <c r="L73" s="7">
         <v>46143</v>
       </c>
-      <c r="N72" s="6">
-[...43 lines deleted...]
-    <row r="74" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M73" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="6" t="s">
-        <v>276</v>
+        <v>262</v>
       </c>
       <c r="B74" s="15">
         <v>910002100017</v>
       </c>
       <c r="C74" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D74" s="6" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="E74" s="6" t="s">
-        <v>75</v>
+        <v>112</v>
       </c>
       <c r="F74" s="6" t="s">
-        <v>116</v>
+        <v>263</v>
       </c>
       <c r="G74" s="6" t="s">
-        <v>277</v>
+        <v>470</v>
       </c>
       <c r="H74" s="6" t="s">
-        <v>486</v>
-[...5 lines deleted...]
-      <c r="K74" s="9"/>
+        <v>45</v>
+      </c>
+      <c r="I74" s="8"/>
+      <c r="J74" s="9"/>
+      <c r="K74" s="7">
+        <v>45962</v>
+      </c>
       <c r="L74" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="75" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M74" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="6" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B75" s="15">
         <v>910001070034</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D75" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E75" s="6" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="F75" s="6" t="s">
-        <v>139</v>
+        <v>217</v>
       </c>
       <c r="G75" s="6" t="s">
-        <v>229</v>
+        <v>514</v>
       </c>
       <c r="H75" s="6" t="s">
-        <v>532</v>
-[...5 lines deleted...]
-      <c r="K75" s="9"/>
+        <v>515</v>
+      </c>
+      <c r="I75" s="8"/>
+      <c r="J75" s="9"/>
+      <c r="K75" s="7">
+        <v>45778</v>
+      </c>
       <c r="L75" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M75" s="7">
         <v>47423</v>
       </c>
-      <c r="N75" s="6">
-[...3 lines deleted...]
-    <row r="76" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M75" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="11">
         <v>76000649</v>
       </c>
       <c r="B76" s="11">
         <v>760006490005</v>
       </c>
       <c r="C76" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D76" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E76" s="6" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
       <c r="F76" s="6" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="G76" s="6" t="s">
-        <v>168</v>
+        <v>159</v>
       </c>
       <c r="H76" s="6" t="s">
-        <v>169</v>
-[...5 lines deleted...]
-      <c r="K76" s="9"/>
+        <v>106</v>
+      </c>
+      <c r="I76" s="8"/>
+      <c r="J76" s="9"/>
+      <c r="K76" s="7">
+        <v>45413</v>
+      </c>
       <c r="L76" s="7">
-        <v>45413</v>
-[...1 lines deleted...]
-      <c r="M76" s="7">
         <v>47058</v>
       </c>
-      <c r="N76" s="6">
-[...3 lines deleted...]
-    <row r="77" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M76" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="6" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="B77" s="15">
         <v>910000720017</v>
       </c>
       <c r="C77" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D77" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E77" s="6" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F77" s="6" t="s">
-        <v>132</v>
+        <v>212</v>
       </c>
       <c r="G77" s="6" t="s">
-        <v>224</v>
+        <v>463</v>
       </c>
       <c r="H77" s="6" t="s">
-        <v>479</v>
-[...5 lines deleted...]
-      <c r="K77" s="9"/>
+        <v>108</v>
+      </c>
+      <c r="I77" s="8"/>
+      <c r="J77" s="9"/>
+      <c r="K77" s="7">
+        <v>45962</v>
+      </c>
       <c r="L77" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="78" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M77" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="6" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="B78" s="15">
         <v>910003540023</v>
       </c>
       <c r="C78" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D78" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E78" s="6" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F78" s="6" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G78" s="6" t="s">
-        <v>69</v>
+        <v>465</v>
       </c>
       <c r="H78" s="6" t="s">
-        <v>481</v>
-[...5 lines deleted...]
-      <c r="K78" s="9"/>
+        <v>12</v>
+      </c>
+      <c r="I78" s="8"/>
+      <c r="J78" s="9"/>
+      <c r="K78" s="7">
+        <v>45962</v>
+      </c>
       <c r="L78" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="79" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M78" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="6" t="s">
-        <v>324</v>
+        <v>310</v>
       </c>
       <c r="B79" s="15">
         <v>910003240011</v>
       </c>
       <c r="C79" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D79" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E79" s="6" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="F79" s="6" t="s">
-        <v>132</v>
+        <v>311</v>
       </c>
       <c r="G79" s="6" t="s">
-        <v>325</v>
+        <v>471</v>
       </c>
       <c r="H79" s="6" t="s">
-        <v>487</v>
-[...5 lines deleted...]
-      <c r="K79" s="9"/>
+        <v>312</v>
+      </c>
+      <c r="I79" s="8"/>
+      <c r="J79" s="9"/>
+      <c r="K79" s="7">
+        <v>45962</v>
+      </c>
       <c r="L79" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="80" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M79" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="6" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="B80" s="15">
         <v>910000650019</v>
       </c>
       <c r="C80" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>71</v>
+        <v>113</v>
       </c>
       <c r="F80" s="6" t="s">
-        <v>118</v>
+        <v>199</v>
       </c>
       <c r="G80" s="6" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="H80" s="6" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-      <c r="K80" s="9"/>
+        <v>95</v>
+      </c>
+      <c r="I80" s="8"/>
+      <c r="J80" s="9"/>
+      <c r="K80" s="7">
+        <v>45962</v>
+      </c>
       <c r="L80" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="81" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M80" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="6" t="s">
-        <v>525</v>
+        <v>507</v>
       </c>
       <c r="B81" s="15" t="s">
-        <v>534</v>
+        <v>516</v>
       </c>
       <c r="C81" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D81" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E81" s="6" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="F81" s="6" t="s">
-        <v>132</v>
+        <v>509</v>
       </c>
       <c r="G81" s="6" t="s">
-        <v>527</v>
+        <v>510</v>
       </c>
       <c r="H81" s="6" t="s">
-        <v>528</v>
-[...5 lines deleted...]
-      <c r="K81" s="9"/>
+        <v>511</v>
+      </c>
+      <c r="I81" s="8"/>
+      <c r="J81" s="9"/>
+      <c r="K81" s="7">
+        <v>45778</v>
+      </c>
       <c r="L81" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M81" s="7">
         <v>47423</v>
       </c>
-      <c r="N81" s="6">
-[...3 lines deleted...]
-    <row r="82" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M81" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A82" s="6" t="s">
-        <v>228</v>
+        <v>216</v>
       </c>
       <c r="B82" s="15">
         <v>910001070035</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D82" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E82" s="6" t="s">
-        <v>70</v>
+        <v>134</v>
       </c>
       <c r="F82" s="6" t="s">
-        <v>139</v>
+        <v>217</v>
       </c>
       <c r="G82" s="6" t="s">
-        <v>229</v>
+        <v>514</v>
       </c>
       <c r="H82" s="6" t="s">
-        <v>532</v>
-[...5 lines deleted...]
-      <c r="K82" s="9"/>
+        <v>515</v>
+      </c>
+      <c r="I82" s="8"/>
+      <c r="J82" s="9"/>
+      <c r="K82" s="7">
+        <v>45778</v>
+      </c>
       <c r="L82" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M82" s="7">
         <v>47423</v>
       </c>
-      <c r="N82" s="6">
-[...3 lines deleted...]
-    <row r="83" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M82" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="6" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="B83" s="15">
         <v>910003540022</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D83" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E83" s="6" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="F83" s="6" t="s">
-        <v>132</v>
+        <v>67</v>
       </c>
       <c r="G83" s="6" t="s">
-        <v>69</v>
+        <v>465</v>
       </c>
       <c r="H83" s="6" t="s">
-        <v>481</v>
-[...5 lines deleted...]
-      <c r="K83" s="9"/>
+        <v>12</v>
+      </c>
+      <c r="I83" s="8"/>
+      <c r="J83" s="9"/>
+      <c r="K83" s="7">
+        <v>45962</v>
+      </c>
       <c r="L83" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="84" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M83" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A84" s="6" t="s">
-        <v>410</v>
+        <v>396</v>
       </c>
       <c r="B84" s="15">
         <v>910006390017</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D84" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E84" s="6" t="s">
-        <v>70</v>
+        <v>488</v>
       </c>
       <c r="F84" s="6" t="s">
-        <v>505</v>
+        <v>397</v>
       </c>
       <c r="G84" s="6" t="s">
-        <v>411</v>
+        <v>398</v>
       </c>
       <c r="H84" s="6" t="s">
-        <v>412</v>
-[...5 lines deleted...]
-      <c r="K84" s="9"/>
+        <v>29</v>
+      </c>
+      <c r="I84" s="8"/>
+      <c r="J84" s="9"/>
+      <c r="K84" s="7">
+        <v>45962</v>
+      </c>
       <c r="L84" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="85" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M84" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A85" s="6" t="s">
-        <v>230</v>
+        <v>218</v>
       </c>
       <c r="B85" s="15">
         <v>910001090029</v>
       </c>
       <c r="C85" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D85" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E85" s="6" t="s">
-        <v>70</v>
+        <v>134</v>
       </c>
       <c r="F85" s="6" t="s">
-        <v>139</v>
+        <v>219</v>
       </c>
       <c r="G85" s="6" t="s">
-        <v>231</v>
+        <v>543</v>
       </c>
       <c r="H85" s="6" t="s">
-        <v>563</v>
-[...5 lines deleted...]
-      <c r="K85" s="9"/>
+        <v>81</v>
+      </c>
+      <c r="I85" s="8"/>
+      <c r="J85" s="9"/>
+      <c r="K85" s="7">
+        <v>45778</v>
+      </c>
       <c r="L85" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M85" s="7">
         <v>47423</v>
       </c>
-      <c r="N85" s="6">
-[...3 lines deleted...]
-    <row r="86" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M85" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="6" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B86" s="15">
         <v>760002490010</v>
       </c>
       <c r="C86" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D86" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E86" s="6" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="F86" s="6" t="s">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="G86" s="6" t="s">
-        <v>134</v>
+        <v>473</v>
       </c>
       <c r="H86" s="6" t="s">
-        <v>489</v>
-[...5 lines deleted...]
-      <c r="K86" s="9"/>
+        <v>77</v>
+      </c>
+      <c r="I86" s="8"/>
+      <c r="J86" s="9"/>
+      <c r="K86" s="7">
+        <v>45962</v>
+      </c>
       <c r="L86" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="87" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M86" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A87" s="6" t="s">
-        <v>292</v>
+        <v>278</v>
       </c>
       <c r="B87" s="15">
         <v>910002430037</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D87" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E87" s="6" t="s">
-        <v>70</v>
+        <v>127</v>
       </c>
       <c r="F87" s="6" t="s">
-        <v>132</v>
+        <v>279</v>
       </c>
       <c r="G87" s="6" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="H87" s="6" t="s">
-        <v>294</v>
-[...5 lines deleted...]
-      <c r="K87" s="9"/>
+        <v>56</v>
+      </c>
+      <c r="I87" s="8"/>
+      <c r="J87" s="9"/>
+      <c r="K87" s="7">
+        <v>45962</v>
+      </c>
       <c r="L87" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="88" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M87" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="6" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="B88" s="15">
         <v>910002840032</v>
       </c>
       <c r="C88" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D88" s="6" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="E88" s="6" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="F88" s="6" t="s">
-        <v>131</v>
+        <v>298</v>
       </c>
       <c r="G88" s="6" t="s">
-        <v>312</v>
+        <v>557</v>
       </c>
       <c r="H88" s="6" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-      <c r="K88" s="9"/>
+        <v>558</v>
+      </c>
+      <c r="I88" s="8"/>
+      <c r="J88" s="9"/>
+      <c r="K88" s="7">
+        <v>45962</v>
+      </c>
       <c r="L88" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="89" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M88" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="6" t="s">
-        <v>282</v>
+        <v>268</v>
       </c>
       <c r="B89" s="15">
         <v>910002160023</v>
       </c>
       <c r="C89" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D89" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E89" s="6" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="F89" s="6" t="s">
-        <v>131</v>
+        <v>269</v>
       </c>
       <c r="G89" s="6" t="s">
-        <v>283</v>
+        <v>270</v>
       </c>
       <c r="H89" s="6" t="s">
-        <v>284</v>
-[...5 lines deleted...]
-      <c r="K89" s="9"/>
+        <v>75</v>
+      </c>
+      <c r="I89" s="8"/>
+      <c r="J89" s="9"/>
+      <c r="K89" s="7">
+        <v>45962</v>
+      </c>
       <c r="L89" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="90" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M89" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A90" s="6" t="s">
-        <v>252</v>
+        <v>239</v>
       </c>
       <c r="B90" s="15">
         <v>910001740017</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D90" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E90" s="6" t="s">
-        <v>213</v>
+        <v>134</v>
       </c>
       <c r="F90" s="6" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="G90" s="6" t="s">
-        <v>42</v>
+        <v>240</v>
       </c>
       <c r="H90" s="6" t="s">
-        <v>253</v>
-[...5 lines deleted...]
-      <c r="K90" s="9"/>
+        <v>43</v>
+      </c>
+      <c r="I90" s="8"/>
+      <c r="J90" s="9"/>
+      <c r="K90" s="7">
+        <v>45962</v>
+      </c>
       <c r="L90" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="91" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M90" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A91" s="6" t="s">
-        <v>382</v>
+        <v>368</v>
       </c>
       <c r="B91" s="15">
         <v>910005360016</v>
       </c>
       <c r="C91" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D91" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E91" s="6" t="s">
-        <v>213</v>
+        <v>127</v>
       </c>
       <c r="F91" s="6" t="s">
-        <v>132</v>
+        <v>369</v>
       </c>
       <c r="G91" s="6" t="s">
-        <v>383</v>
+        <v>370</v>
       </c>
       <c r="H91" s="6" t="s">
-        <v>384</v>
-[...5 lines deleted...]
-      <c r="K91" s="9"/>
+        <v>17</v>
+      </c>
+      <c r="I91" s="8"/>
+      <c r="J91" s="9"/>
+      <c r="K91" s="7">
+        <v>45962</v>
+      </c>
       <c r="L91" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="92" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M91" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A92" s="6" t="s">
-        <v>366</v>
+        <v>352</v>
       </c>
       <c r="B92" s="15">
         <v>910004770020</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D92" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E92" s="6" t="s">
-        <v>213</v>
+        <v>134</v>
       </c>
       <c r="F92" s="6" t="s">
-        <v>139</v>
+        <v>353</v>
       </c>
       <c r="G92" s="6" t="s">
-        <v>367</v>
+        <v>548</v>
       </c>
       <c r="H92" s="6" t="s">
-        <v>570</v>
-[...5 lines deleted...]
-      <c r="K92" s="9"/>
+        <v>549</v>
+      </c>
+      <c r="I92" s="8"/>
+      <c r="J92" s="9"/>
+      <c r="K92" s="7">
+        <v>45962</v>
+      </c>
       <c r="L92" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="93" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M92" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="6" t="s">
-        <v>259</v>
+        <v>246</v>
       </c>
       <c r="B93" s="15">
         <v>910001860016</v>
       </c>
       <c r="C93" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D93" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E93" s="6" t="s">
-        <v>213</v>
+        <v>127</v>
       </c>
       <c r="F93" s="6" t="s">
-        <v>132</v>
+        <v>247</v>
       </c>
       <c r="G93" s="6" t="s">
-        <v>260</v>
+        <v>468</v>
       </c>
       <c r="H93" s="6" t="s">
-        <v>484</v>
-[...5 lines deleted...]
-      <c r="K93" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I93" s="8"/>
+      <c r="J93" s="9"/>
+      <c r="K93" s="7">
+        <v>45962</v>
+      </c>
       <c r="L93" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="94" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M93" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="6" t="s">
-        <v>210</v>
+        <v>198</v>
       </c>
       <c r="B94" s="15">
         <v>910000650018</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D94" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E94" s="6" t="s">
-        <v>213</v>
+        <v>113</v>
       </c>
       <c r="F94" s="6" t="s">
-        <v>118</v>
+        <v>199</v>
       </c>
       <c r="G94" s="6" t="s">
-        <v>211</v>
+        <v>200</v>
       </c>
       <c r="H94" s="6" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-      <c r="K94" s="9"/>
+        <v>95</v>
+      </c>
+      <c r="I94" s="8"/>
+      <c r="J94" s="9"/>
+      <c r="K94" s="7">
+        <v>45962</v>
+      </c>
       <c r="L94" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="95" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M94" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="6" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
       <c r="B95" s="15">
         <v>910002840033</v>
       </c>
       <c r="C95" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D95" s="6" t="s">
-        <v>213</v>
+        <v>201</v>
       </c>
       <c r="E95" s="6" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="F95" s="6" t="s">
-        <v>131</v>
+        <v>298</v>
       </c>
       <c r="G95" s="6" t="s">
-        <v>312</v>
+        <v>557</v>
       </c>
       <c r="H95" s="6" t="s">
-        <v>581</v>
-[...5 lines deleted...]
-      <c r="K95" s="9"/>
+        <v>558</v>
+      </c>
+      <c r="I95" s="8"/>
+      <c r="J95" s="9"/>
+      <c r="K95" s="7">
+        <v>45962</v>
+      </c>
       <c r="L95" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="96" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M95" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="6" t="s">
-        <v>232</v>
+        <v>220</v>
       </c>
       <c r="B96" s="15">
         <v>910001100020</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D96" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E96" s="6" t="s">
-        <v>51</v>
+        <v>134</v>
       </c>
       <c r="F96" s="6" t="s">
-        <v>139</v>
+        <v>221</v>
       </c>
       <c r="G96" s="6" t="s">
-        <v>233</v>
+        <v>170</v>
       </c>
       <c r="H96" s="6" t="s">
-        <v>182</v>
-[...5 lines deleted...]
-      <c r="K96" s="9"/>
+        <v>82</v>
+      </c>
+      <c r="I96" s="8"/>
+      <c r="J96" s="9"/>
+      <c r="K96" s="7">
+        <v>45962</v>
+      </c>
       <c r="L96" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="97" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M96" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A97" s="6" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
       <c r="B97" s="15" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
       <c r="C97" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D97" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E97" s="6" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="F97" s="6" t="s">
-        <v>116</v>
+        <v>146</v>
       </c>
       <c r="G97" s="6" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="H97" s="6" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-      <c r="K97" s="9"/>
+        <v>148</v>
+      </c>
+      <c r="I97" s="8"/>
+      <c r="J97" s="9"/>
+      <c r="K97" s="7">
+        <v>45962</v>
+      </c>
       <c r="L97" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="98" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M97" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A98" s="6" t="s">
-        <v>362</v>
+        <v>348</v>
       </c>
       <c r="B98" s="15">
         <v>910004720025</v>
       </c>
       <c r="C98" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D98" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E98" s="6" t="s">
-        <v>51</v>
+        <v>112</v>
       </c>
       <c r="F98" s="6" t="s">
-        <v>116</v>
+        <v>349</v>
       </c>
       <c r="G98" s="6" t="s">
-        <v>363</v>
+        <v>147</v>
       </c>
       <c r="H98" s="6" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-      <c r="K98" s="9"/>
+        <v>148</v>
+      </c>
+      <c r="I98" s="8"/>
+      <c r="J98" s="9"/>
+      <c r="K98" s="7">
+        <v>45962</v>
+      </c>
       <c r="L98" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="99" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M98" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A99" s="6" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B99" s="15">
         <v>910007080005</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D99" s="6" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="E99" s="6" t="s">
-        <v>51</v>
+        <v>166</v>
       </c>
       <c r="F99" s="6" t="s">
-        <v>176</v>
+        <v>423</v>
       </c>
       <c r="G99" s="6" t="s">
-        <v>437</v>
+        <v>424</v>
       </c>
       <c r="H99" s="6" t="s">
-        <v>438</v>
-[...5 lines deleted...]
-      <c r="K99" s="9"/>
+        <v>105</v>
+      </c>
+      <c r="I99" s="8"/>
+      <c r="J99" s="9"/>
+      <c r="K99" s="7">
+        <v>45962</v>
+      </c>
       <c r="L99" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="100" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M99" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="6" t="s">
-        <v>362</v>
+        <v>348</v>
       </c>
       <c r="B100" s="15">
         <v>910004720023</v>
       </c>
       <c r="C100" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D100" s="17" t="s">
-        <v>535</v>
-[...2 lines deleted...]
-        <v>535</v>
+        <v>517</v>
+      </c>
+      <c r="E100" s="6" t="s">
+        <v>112</v>
       </c>
       <c r="F100" s="6" t="s">
-        <v>116</v>
+        <v>518</v>
       </c>
       <c r="G100" s="6" t="s">
-        <v>536</v>
+        <v>147</v>
       </c>
       <c r="H100" s="6" t="s">
-        <v>152</v>
-[...5 lines deleted...]
-      <c r="K100" s="9"/>
+        <v>148</v>
+      </c>
+      <c r="I100" s="8"/>
+      <c r="J100" s="9"/>
+      <c r="K100" s="7">
+        <v>45231</v>
+      </c>
       <c r="L100" s="7">
-        <v>45231</v>
-[...1 lines deleted...]
-      <c r="M100" s="7">
         <v>46874</v>
       </c>
-      <c r="N100" s="6">
-[...3 lines deleted...]
-    <row r="101" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M100" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="6" t="s">
-        <v>399</v>
+        <v>385</v>
       </c>
       <c r="B101" s="15">
         <v>910005720020</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E101" s="6" t="s">
-        <v>56</v>
+        <v>127</v>
       </c>
       <c r="F101" s="6" t="s">
-        <v>132</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>171</v>
+      </c>
+      <c r="G101" s="10" t="s">
+        <v>568</v>
       </c>
       <c r="H101" s="10" t="s">
-        <v>594</v>
-[...5 lines deleted...]
-      <c r="K101" s="9"/>
+        <v>569</v>
+      </c>
+      <c r="I101" s="8"/>
+      <c r="J101" s="9"/>
+      <c r="K101" s="7">
+        <v>45962</v>
+      </c>
       <c r="L101" s="7">
-        <v>45962</v>
-[...9 lines deleted...]
-      <c r="A102" s="27">
+        <v>47604</v>
+      </c>
+      <c r="M101" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="26">
         <v>76000560</v>
       </c>
       <c r="B102" s="15">
         <v>760005600003</v>
       </c>
       <c r="C102" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D102" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E102" s="6" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="F102" s="6" t="s">
-        <v>131</v>
-[...2 lines deleted...]
-        <v>596</v>
+        <v>570</v>
+      </c>
+      <c r="G102" s="10" t="s">
+        <v>571</v>
       </c>
       <c r="H102" s="10" t="s">
-        <v>597</v>
-[...5 lines deleted...]
-      <c r="K102" s="9"/>
+        <v>572</v>
+      </c>
+      <c r="I102" s="8"/>
+      <c r="J102" s="9"/>
+      <c r="K102" s="7">
+        <v>45962</v>
+      </c>
       <c r="L102" s="7">
-        <v>45962</v>
-[...1 lines deleted...]
-      <c r="M102" s="7">
         <v>46143</v>
       </c>
-      <c r="N102" s="6">
+      <c r="M102" s="6">
         <v>1</v>
       </c>
     </row>
-    <row r="103" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A103" s="6" t="s">
-        <v>256</v>
+        <v>243</v>
       </c>
       <c r="B103" s="15">
         <v>910001790027</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D103" s="6" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="E103" s="6" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="F103" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="G103" s="6" t="s">
+        <v>461</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I103" s="8"/>
+      <c r="J103" s="9"/>
+      <c r="K103" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L103" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M103" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="6">
+        <v>91000317</v>
+      </c>
+      <c r="B104" s="15">
+        <v>910003170014</v>
+      </c>
+      <c r="C104" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="E104" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F104" s="6" t="s">
+        <v>309</v>
+      </c>
+      <c r="G104" s="6" t="s">
+        <v>497</v>
+      </c>
+      <c r="H104" s="6" t="s">
+        <v>38</v>
+      </c>
+      <c r="I104" s="8"/>
+      <c r="J104" s="9"/>
+      <c r="K104" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L104" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M104" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="6">
+        <v>91000048</v>
+      </c>
+      <c r="B105" s="15">
+        <v>910000480012</v>
+      </c>
+      <c r="C105" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="E105" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F105" s="6" t="s">
+        <v>573</v>
+      </c>
+      <c r="G105" s="6" t="s">
+        <v>574</v>
+      </c>
+      <c r="H105" s="6" t="s">
+        <v>51</v>
+      </c>
+      <c r="I105" s="8"/>
+      <c r="J105" s="9"/>
+      <c r="K105" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L105" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M105" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="106" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="16">
+        <v>91000311</v>
+      </c>
+      <c r="B106" s="11">
+        <v>910003110012</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" s="6" t="s">
+        <v>499</v>
+      </c>
+      <c r="E106" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>307</v>
+      </c>
+      <c r="G106" s="6" t="s">
+        <v>498</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>484</v>
+      </c>
+      <c r="I106" s="8"/>
+      <c r="J106" s="9"/>
+      <c r="K106" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L106" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M106" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="6" t="s">
+        <v>285</v>
+      </c>
+      <c r="B107" s="15">
+        <v>910002500018</v>
+      </c>
+      <c r="C107" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E107" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F107" s="6" t="s">
+        <v>286</v>
+      </c>
+      <c r="G107" s="6" t="s">
+        <v>232</v>
+      </c>
+      <c r="H107" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="I107" s="8"/>
+      <c r="J107" s="9"/>
+      <c r="K107" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L107" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M107" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="6" t="s">
+        <v>409</v>
+      </c>
+      <c r="B108" s="15">
+        <v>910006720005</v>
+      </c>
+      <c r="C108" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E108" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F108" s="6" t="s">
+        <v>410</v>
+      </c>
+      <c r="G108" s="6" t="s">
+        <v>411</v>
+      </c>
+      <c r="H108" s="6" t="s">
+        <v>74</v>
+      </c>
+      <c r="I108" s="8"/>
+      <c r="J108" s="9"/>
+      <c r="K108" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L108" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M108" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="10">
+        <v>91000613</v>
+      </c>
+      <c r="B109" s="15">
+        <v>910006130012</v>
+      </c>
+      <c r="C109" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E109" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="F109" s="6" t="s">
+        <v>392</v>
+      </c>
+      <c r="G109" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="H109" s="6" t="s">
+        <v>52</v>
+      </c>
+      <c r="I109" s="8"/>
+      <c r="J109" s="9"/>
+      <c r="K109" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L109" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M109" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="6" t="s">
+        <v>140</v>
+      </c>
+      <c r="B110" s="15">
+        <v>760005280003</v>
+      </c>
+      <c r="C110" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E110" s="6" t="s">
+        <v>143</v>
+      </c>
+      <c r="F110" s="6" t="s">
+        <v>371</v>
+      </c>
+      <c r="G110" s="6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H110" s="6" t="s">
+        <v>142</v>
+      </c>
+      <c r="I110" s="8"/>
+      <c r="J110" s="9"/>
+      <c r="K110" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L110" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M110" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="6" t="s">
+        <v>139</v>
+      </c>
+      <c r="B111" s="15">
+        <v>760005270004</v>
+      </c>
+      <c r="C111" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E111" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F111" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="G111" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="H111" s="6" t="s">
+        <v>437</v>
+      </c>
+      <c r="I111" s="8"/>
+      <c r="J111" s="9"/>
+      <c r="K111" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L111" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M111" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="11" t="s">
+        <v>575</v>
+      </c>
+      <c r="B112" s="15" t="s">
+        <v>576</v>
+      </c>
+      <c r="C112" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E112" s="24" t="s">
+        <v>393</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>577</v>
+      </c>
+      <c r="G112" s="6" t="s">
+        <v>578</v>
+      </c>
+      <c r="H112" s="6" t="s">
+        <v>579</v>
+      </c>
+      <c r="I112" s="8"/>
+      <c r="J112" s="9"/>
+      <c r="K112" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L112" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M112" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="113" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="10">
+        <v>91000308</v>
+      </c>
+      <c r="B113" s="15">
+        <v>910003080018</v>
+      </c>
+      <c r="C113" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E113" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F113" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="G113" s="6" t="s">
+        <v>427</v>
+      </c>
+      <c r="H113" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I113" s="8"/>
+      <c r="J113" s="9"/>
+      <c r="K113" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L113" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M113" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="6" t="s">
+        <v>357</v>
+      </c>
+      <c r="B114" s="15" t="s">
+        <v>358</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="E114" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F114" s="6" t="s">
+        <v>512</v>
+      </c>
+      <c r="G114" s="6" t="s">
+        <v>513</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I114" s="8"/>
+      <c r="J114" s="9"/>
+      <c r="K114" s="7">
+        <v>44682</v>
+      </c>
+      <c r="L114" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M114" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="6" t="s">
+        <v>321</v>
+      </c>
+      <c r="B115" s="15">
+        <v>910003570019</v>
+      </c>
+      <c r="C115" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E115" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F115" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="G115" s="6" t="s">
+        <v>322</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>479</v>
+      </c>
+      <c r="I115" s="8"/>
+      <c r="J115" s="9"/>
+      <c r="K115" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L115" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M115" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="6" t="s">
+        <v>299</v>
+      </c>
+      <c r="B116" s="15">
+        <v>910002860027</v>
+      </c>
+      <c r="C116" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E116" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F116" s="6" t="s">
+        <v>300</v>
+      </c>
+      <c r="G116" s="6" t="s">
+        <v>301</v>
+      </c>
+      <c r="H116" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I116" s="8"/>
+      <c r="J116" s="9"/>
+      <c r="K116" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L116" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M116" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="6" t="s">
+        <v>334</v>
+      </c>
+      <c r="B117" s="15">
+        <v>910004330016</v>
+      </c>
+      <c r="C117" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E117" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F117" s="6" t="s">
+        <v>335</v>
+      </c>
+      <c r="G117" s="6" t="s">
+        <v>600</v>
+      </c>
+      <c r="H117" s="6" t="s">
+        <v>60</v>
+      </c>
+      <c r="I117" s="8"/>
+      <c r="J117" s="9"/>
+      <c r="K117" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L117" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M117" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="6" t="s">
+        <v>216</v>
+      </c>
+      <c r="B118" s="15">
+        <v>910001070036</v>
+      </c>
+      <c r="C118" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E118" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F118" s="6" t="s">
+        <v>217</v>
+      </c>
+      <c r="G118" s="6" t="s">
+        <v>514</v>
+      </c>
+      <c r="H118" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="I118" s="8"/>
+      <c r="J118" s="9"/>
+      <c r="K118" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L118" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M118" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="6" t="s">
+        <v>224</v>
+      </c>
+      <c r="B119" s="15">
+        <v>910001120016</v>
+      </c>
+      <c r="C119" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E119" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F119" s="6" t="s">
+        <v>225</v>
+      </c>
+      <c r="G119" s="6" t="s">
+        <v>226</v>
+      </c>
+      <c r="H119" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="I119" s="8"/>
+      <c r="J119" s="9"/>
+      <c r="K119" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L119" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M119" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="6" t="s">
+        <v>438</v>
+      </c>
+      <c r="B120" s="15" t="s">
+        <v>441</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>439</v>
+      </c>
+      <c r="G120" s="6" t="s">
+        <v>440</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>17</v>
+      </c>
+      <c r="I120" s="8"/>
+      <c r="J120" s="9"/>
+      <c r="K120" s="7">
+        <v>45047</v>
+      </c>
+      <c r="L120" s="7">
+        <v>46692</v>
+      </c>
+      <c r="M120" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="6" t="s">
+        <v>191</v>
+      </c>
+      <c r="B121" s="15">
+        <v>910000580019</v>
+      </c>
+      <c r="C121" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E121" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F121" s="6" t="s">
+        <v>192</v>
+      </c>
+      <c r="G121" s="6" t="s">
+        <v>519</v>
+      </c>
+      <c r="H121" s="6" t="s">
+        <v>520</v>
+      </c>
+      <c r="I121" s="8"/>
+      <c r="J121" s="9"/>
+      <c r="K121" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L121" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M121" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="6" t="s">
+        <v>197</v>
+      </c>
+      <c r="B122" s="15">
+        <v>910000620028</v>
+      </c>
+      <c r="C122" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E122" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F122" s="6" t="s">
+        <v>61</v>
+      </c>
+      <c r="G122" s="6" t="s">
+        <v>550</v>
+      </c>
+      <c r="H122" s="6" t="s">
+        <v>87</v>
+      </c>
+      <c r="I122" s="8"/>
+      <c r="J122" s="9"/>
+      <c r="K122" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L122" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M122" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="6" t="s">
+        <v>218</v>
+      </c>
+      <c r="B123" s="15">
+        <v>910001090028</v>
+      </c>
+      <c r="C123" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E123" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F123" s="6" t="s">
+        <v>219</v>
+      </c>
+      <c r="G123" s="6" t="s">
+        <v>543</v>
+      </c>
+      <c r="H123" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="I123" s="8"/>
+      <c r="J123" s="9"/>
+      <c r="K123" s="7">
+        <v>45778</v>
+      </c>
+      <c r="L123" s="7">
+        <v>47423</v>
+      </c>
+      <c r="M123" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="6" t="s">
+        <v>313</v>
+      </c>
+      <c r="B124" s="15" t="s">
+        <v>317</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>314</v>
+      </c>
+      <c r="G124" s="6" t="s">
+        <v>315</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>316</v>
+      </c>
+      <c r="I124" s="8"/>
+      <c r="J124" s="9"/>
+      <c r="K124" s="7">
+        <v>45047</v>
+      </c>
+      <c r="L124" s="7">
+        <v>46692</v>
+      </c>
+      <c r="M124" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="6" t="s">
+        <v>266</v>
+      </c>
+      <c r="B125" s="15">
+        <v>910002150027</v>
+      </c>
+      <c r="C125" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E125" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F125" s="6" t="s">
+        <v>267</v>
+      </c>
+      <c r="G125" s="6" t="s">
+        <v>475</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I125" s="8"/>
+      <c r="J125" s="9"/>
+      <c r="K125" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L125" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M125" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="6" t="s">
+        <v>272</v>
+      </c>
+      <c r="B126" s="15">
+        <v>910002190017</v>
+      </c>
+      <c r="C126" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" s="6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E126" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F126" s="6" t="s">
+        <v>273</v>
+      </c>
+      <c r="G126" s="6" t="s">
+        <v>274</v>
+      </c>
+      <c r="H126" s="6" t="s">
+        <v>275</v>
+      </c>
+      <c r="I126" s="8"/>
+      <c r="J126" s="9"/>
+      <c r="K126" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L126" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M126" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="6" t="s">
+        <v>326</v>
+      </c>
+      <c r="B127" s="15">
+        <v>910003810012</v>
+      </c>
+      <c r="C127" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E127" s="6" t="s">
+        <v>304</v>
+      </c>
+      <c r="F127" s="6" t="s">
+        <v>327</v>
+      </c>
+      <c r="G127" s="6" t="s">
+        <v>457</v>
+      </c>
+      <c r="H127" s="6" t="s">
+        <v>125</v>
+      </c>
+      <c r="I127" s="8"/>
+      <c r="J127" s="9"/>
+      <c r="K127" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L127" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M127" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="6" t="s">
+        <v>429</v>
+      </c>
+      <c r="B128" s="15">
+        <v>910013300011</v>
+      </c>
+      <c r="C128" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E128" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F128" s="6" t="s">
+        <v>613</v>
+      </c>
+      <c r="G128" s="6" t="s">
+        <v>430</v>
+      </c>
+      <c r="H128" s="6" t="s">
+        <v>480</v>
+      </c>
+      <c r="I128" s="8"/>
+      <c r="J128" s="9"/>
+      <c r="K128" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L128" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M128" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B129" s="15">
+        <v>910000600006</v>
+      </c>
+      <c r="C129" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E129" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F129" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G129" s="6" t="s">
+        <v>196</v>
+      </c>
+      <c r="H129" s="6" t="s">
+        <v>71</v>
+      </c>
+      <c r="I129" s="8"/>
+      <c r="J129" s="9"/>
+      <c r="K129" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L129" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M129" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="35">
+        <v>91001298</v>
+      </c>
+      <c r="B130" s="35">
+        <v>910012980006</v>
+      </c>
+      <c r="C130" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E130" s="32" t="s">
+        <v>627</v>
+      </c>
+      <c r="F130" s="33" t="s">
+        <v>628</v>
+      </c>
+      <c r="G130" s="33" t="s">
+        <v>629</v>
+      </c>
+      <c r="H130" s="33" t="s">
+        <v>630</v>
+      </c>
+      <c r="I130" s="8"/>
+      <c r="J130" s="9"/>
+      <c r="K130" s="7">
+        <v>46143</v>
+      </c>
+      <c r="L130" s="7">
+        <v>47788</v>
+      </c>
+      <c r="M130" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="16">
+        <v>91000010</v>
+      </c>
+      <c r="B131" s="11">
+        <v>910000100008</v>
+      </c>
+      <c r="C131" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E131" s="6" t="s">
+        <v>178</v>
+      </c>
+      <c r="F131" s="6" t="s">
+        <v>521</v>
+      </c>
+      <c r="G131" s="10" t="s">
+        <v>522</v>
+      </c>
+      <c r="H131" s="10" t="s">
+        <v>523</v>
+      </c>
+      <c r="I131" s="12"/>
+      <c r="J131" s="13"/>
+      <c r="K131" s="7">
+        <v>45778</v>
+      </c>
+      <c r="L131" s="7">
+        <v>47423</v>
+      </c>
+      <c r="M131" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B132" s="15" t="s">
+        <v>36</v>
+      </c>
+      <c r="C132" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E132" s="6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F132" s="6" t="s">
+        <v>32</v>
+      </c>
+      <c r="G132" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H132" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="I132" s="8"/>
+      <c r="J132" s="9"/>
+      <c r="K132" s="7">
+        <v>45047</v>
+      </c>
+      <c r="L132" s="7">
+        <v>46692</v>
+      </c>
+      <c r="M132" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="6" t="s">
+        <v>175</v>
+      </c>
+      <c r="B133" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C133" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E133" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F133" s="6" t="s">
+        <v>176</v>
+      </c>
+      <c r="G133" s="6" t="s">
+        <v>177</v>
+      </c>
+      <c r="H133" s="6" t="s">
+        <v>107</v>
+      </c>
+      <c r="I133" s="8"/>
+      <c r="J133" s="9"/>
+      <c r="K133" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L133" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M133" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="134" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="6" t="s">
+        <v>213</v>
+      </c>
+      <c r="B134" s="15">
+        <v>910001010017</v>
+      </c>
+      <c r="C134" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E134" s="6" t="s">
+        <v>154</v>
+      </c>
+      <c r="F134" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="G134" s="6" t="s">
+        <v>215</v>
+      </c>
+      <c r="H134" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I134" s="8"/>
+      <c r="J134" s="9"/>
+      <c r="K134" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L134" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M134" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="135" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="6" t="s">
+        <v>236</v>
+      </c>
+      <c r="B135" s="15">
+        <v>910001350011</v>
+      </c>
+      <c r="C135" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E135" s="6" t="s">
+        <v>114</v>
+      </c>
+      <c r="F135" s="6" t="s">
+        <v>83</v>
+      </c>
+      <c r="G135" s="6" t="s">
+        <v>237</v>
+      </c>
+      <c r="H135" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="I135" s="8"/>
+      <c r="J135" s="9"/>
+      <c r="K135" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L135" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M135" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="136" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="11">
+        <v>91000025</v>
+      </c>
+      <c r="B136" s="11">
+        <v>910000250010</v>
+      </c>
+      <c r="C136" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E136" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F136" s="6" t="s">
+        <v>537</v>
+      </c>
+      <c r="G136" s="10" t="s">
+        <v>538</v>
+      </c>
+      <c r="H136" s="10" t="s">
+        <v>539</v>
+      </c>
+      <c r="I136" s="8"/>
+      <c r="J136" s="9"/>
+      <c r="K136" s="14">
+        <v>45778</v>
+      </c>
+      <c r="L136" s="14">
+        <v>47423</v>
+      </c>
+      <c r="M136" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="137" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="19" t="s">
+        <v>495</v>
+      </c>
+      <c r="B137" s="27" t="s">
+        <v>496</v>
+      </c>
+      <c r="C137" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E137" s="19" t="s">
+        <v>494</v>
+      </c>
+      <c r="F137" s="19" t="s">
+        <v>493</v>
+      </c>
+      <c r="G137" s="19" t="s">
+        <v>456</v>
+      </c>
+      <c r="H137" s="19" t="s">
+        <v>57</v>
+      </c>
+      <c r="I137" s="8"/>
+      <c r="J137" s="9"/>
+      <c r="K137" s="7">
+        <v>45231</v>
+      </c>
+      <c r="L137" s="7">
+        <v>46874</v>
+      </c>
+      <c r="M137" s="19">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="6" t="s">
+        <v>387</v>
+      </c>
+      <c r="B138" s="15">
+        <v>910005840007</v>
+      </c>
+      <c r="C138" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E138" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F138" s="6" t="s">
+        <v>388</v>
+      </c>
+      <c r="G138" s="6" t="s">
+        <v>489</v>
+      </c>
+      <c r="H138" s="6" t="s">
+        <v>490</v>
+      </c>
+      <c r="I138" s="8"/>
+      <c r="J138" s="9"/>
+      <c r="K138" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L138" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M138" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="139" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="6" t="s">
+        <v>434</v>
+      </c>
+      <c r="B139" s="15">
+        <v>910013380006</v>
+      </c>
+      <c r="C139" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>435</v>
+      </c>
+      <c r="G139" s="6" t="s">
+        <v>436</v>
+      </c>
+      <c r="H139" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="I139" s="8"/>
+      <c r="J139" s="9"/>
+      <c r="K139" s="7">
+        <v>45047</v>
+      </c>
+      <c r="L139" s="7">
+        <v>46692</v>
+      </c>
+      <c r="M139" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="140" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="16">
+        <v>91000195</v>
+      </c>
+      <c r="B140" s="11">
+        <v>910001950021</v>
+      </c>
+      <c r="C140" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E140" s="6" t="s">
+        <v>504</v>
+      </c>
+      <c r="F140" s="18" t="s">
+        <v>505</v>
+      </c>
+      <c r="G140" s="10" t="s">
+        <v>506</v>
+      </c>
+      <c r="H140" s="10" t="s">
+        <v>60</v>
+      </c>
+      <c r="I140" s="12"/>
+      <c r="J140" s="13"/>
+      <c r="K140" s="14">
+        <v>44866</v>
+      </c>
+      <c r="L140" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M140" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="141" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="16" t="s">
+        <v>580</v>
+      </c>
+      <c r="B141" s="11" t="s">
+        <v>581</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E141" s="29" t="s">
+        <v>614</v>
+      </c>
+      <c r="F141" s="29" t="s">
+        <v>537</v>
+      </c>
+      <c r="G141" s="29" t="s">
+        <v>615</v>
+      </c>
+      <c r="H141" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="I141" s="12"/>
+      <c r="J141" s="13"/>
+      <c r="K141" s="14">
+        <v>45962</v>
+      </c>
+      <c r="L141" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M141" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="142" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="16">
+        <v>91000485</v>
+      </c>
+      <c r="B142" s="11">
+        <v>910004850007</v>
+      </c>
+      <c r="C142" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" s="10" t="s">
+        <v>37</v>
+      </c>
+      <c r="E142" s="29" t="s">
+        <v>134</v>
+      </c>
+      <c r="F142" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="G142" s="29" t="s">
+        <v>583</v>
+      </c>
+      <c r="H142" s="29" t="s">
+        <v>584</v>
+      </c>
+      <c r="I142" s="12"/>
+      <c r="J142" s="13"/>
+      <c r="K142" s="14">
+        <v>45962</v>
+      </c>
+      <c r="L142" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M142" s="10">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="143" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="6" t="s">
+        <v>281</v>
+      </c>
+      <c r="B143" s="15">
+        <v>910002470014</v>
+      </c>
+      <c r="C143" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E143" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F143" s="6" t="s">
+        <v>282</v>
+      </c>
+      <c r="G143" s="6" t="s">
+        <v>524</v>
+      </c>
+      <c r="H143" s="6" t="s">
+        <v>515</v>
+      </c>
+      <c r="I143" s="8"/>
+      <c r="J143" s="9"/>
+      <c r="K143" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L143" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M143" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="144" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="11">
+        <v>91000361</v>
+      </c>
+      <c r="B144" s="11">
+        <v>910003610009</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" s="6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E144" s="19" t="s">
+        <v>494</v>
+      </c>
+      <c r="F144" s="19" t="s">
+        <v>83</v>
+      </c>
+      <c r="G144" s="19" t="s">
+        <v>616</v>
+      </c>
+      <c r="H144" s="19" t="s">
+        <v>617</v>
+      </c>
+      <c r="I144" s="8"/>
+      <c r="J144" s="9"/>
+      <c r="K144" s="7">
+        <v>46143</v>
+      </c>
+      <c r="L144" s="7">
+        <v>46327</v>
+      </c>
+      <c r="M144" s="19">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="145" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="6" t="s">
+        <v>293</v>
+      </c>
+      <c r="B145" s="15" t="s">
+        <v>294</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E145" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F145" s="6" t="s">
+        <v>179</v>
+      </c>
+      <c r="G145" s="6" t="s">
+        <v>551</v>
+      </c>
+      <c r="H145" s="6" t="s">
+        <v>552</v>
+      </c>
+      <c r="I145" s="8"/>
+      <c r="J145" s="9"/>
+      <c r="K145" s="7">
+        <v>44501</v>
+      </c>
+      <c r="L145" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M145" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="146" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="6" t="s">
+        <v>246</v>
+      </c>
+      <c r="B146" s="15" t="s">
+        <v>248</v>
+      </c>
+      <c r="C146" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E146" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F146" s="6" t="s">
+        <v>247</v>
+      </c>
+      <c r="G146" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="H146" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I146" s="8"/>
+      <c r="J146" s="9"/>
+      <c r="K146" s="7">
+        <v>44866</v>
+      </c>
+      <c r="L146" s="7">
+        <v>46508</v>
+      </c>
+      <c r="M146" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="147" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="10" t="s">
+        <v>130</v>
+      </c>
+      <c r="B147" s="26">
+        <v>760002820008</v>
+      </c>
+      <c r="C147" s="10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" s="10" t="s">
+        <v>21</v>
+      </c>
+      <c r="E147" s="10" t="s">
+        <v>133</v>
+      </c>
+      <c r="F147" s="10" t="s">
         <v>131</v>
       </c>
-      <c r="G103" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H103" s="6" t="s">
+      <c r="G147" s="10" t="s">
+        <v>132</v>
+      </c>
+      <c r="H147" s="10" t="s">
+        <v>45</v>
+      </c>
+      <c r="I147" s="20"/>
+      <c r="J147" s="21"/>
+      <c r="K147" s="14">
+        <v>45597</v>
+      </c>
+      <c r="L147" s="14">
+        <v>47239</v>
+      </c>
+      <c r="M147" s="10">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="10" t="s">
+        <v>180</v>
+      </c>
+      <c r="B148" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="C148" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E148" s="6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F148" s="6" t="s">
+        <v>167</v>
+      </c>
+      <c r="G148" s="6" t="s">
         <v>477</v>
       </c>
-      <c r="I103" s="6" t="s">
-[...84 lines deleted...]
-      <c r="L105" s="7">
+      <c r="H148" s="6" t="s">
+        <v>76</v>
+      </c>
+      <c r="I148" s="8"/>
+      <c r="J148" s="9"/>
+      <c r="K148" s="7">
         <v>44866</v>
       </c>
-      <c r="M105" s="7">
+      <c r="L148" s="7">
         <v>46508</v>
       </c>
-      <c r="N105" s="6">
-[...36 lines deleted...]
-      <c r="M106" s="7">
+      <c r="M148" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="149" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="B149" s="15" t="s">
+        <v>229</v>
+      </c>
+      <c r="C149" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" s="6" t="s">
+        <v>21</v>
+      </c>
+      <c r="E149" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F149" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="G149" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H149" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="I149" s="8"/>
+      <c r="J149" s="9"/>
+      <c r="K149" s="7">
+        <v>44501</v>
+      </c>
+      <c r="L149" s="7">
         <v>46143</v>
       </c>
-      <c r="N106" s="6">
-[...782 lines deleted...]
-      <c r="G126" s="6" t="s">
+      <c r="M149" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="150" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="6" t="s">
         <v>328</v>
-      </c>
-[...940 lines deleted...]
-        <v>342</v>
       </c>
       <c r="B150" s="15">
         <v>910003900012</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D150" s="6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>23</v>
+        <v>330</v>
       </c>
       <c r="F150" s="6" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="G150" s="6" t="s">
-        <v>343</v>
+        <v>386</v>
       </c>
       <c r="H150" s="6" t="s">
-        <v>400</v>
-[...5 lines deleted...]
-      <c r="K150" s="9"/>
+        <v>81</v>
+      </c>
+      <c r="I150" s="8"/>
+      <c r="J150" s="9"/>
+      <c r="K150" s="7">
+        <v>45962</v>
+      </c>
       <c r="L150" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="151" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M150" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="151" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A151" s="6" t="s">
-        <v>195</v>
+        <v>183</v>
       </c>
       <c r="B151" s="15" t="s">
-        <v>199</v>
+        <v>187</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D151" s="6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="F151" s="6" t="s">
-        <v>112</v>
+        <v>184</v>
       </c>
       <c r="G151" s="6" t="s">
-        <v>196</v>
+        <v>185</v>
       </c>
       <c r="H151" s="6" t="s">
-        <v>197</v>
-[...5 lines deleted...]
-      <c r="K151" s="9"/>
+        <v>186</v>
+      </c>
+      <c r="I151" s="8"/>
+      <c r="J151" s="9"/>
+      <c r="K151" s="7">
+        <v>44501</v>
+      </c>
       <c r="L151" s="7">
-        <v>44501</v>
-[...1 lines deleted...]
-      <c r="M151" s="7">
         <v>46143</v>
       </c>
-      <c r="N151" s="6">
-[...3 lines deleted...]
-    <row r="152" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M151" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="152" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A152" s="6" t="s">
-        <v>626</v>
+        <v>594</v>
       </c>
       <c r="B152" s="15" t="s">
-        <v>627</v>
+        <v>595</v>
       </c>
       <c r="C152" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D152" s="6" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="E152" s="6" t="s">
-        <v>23</v>
+        <v>596</v>
       </c>
       <c r="F152" s="6" t="s">
-        <v>628</v>
+        <v>597</v>
       </c>
       <c r="G152" s="6" t="s">
-        <v>629</v>
+        <v>598</v>
       </c>
       <c r="H152" s="6" t="s">
-        <v>630</v>
-[...5 lines deleted...]
-      <c r="K152" s="9"/>
+        <v>599</v>
+      </c>
+      <c r="I152" s="8"/>
+      <c r="J152" s="9"/>
+      <c r="K152" s="7">
+        <v>45962</v>
+      </c>
       <c r="L152" s="7">
-        <v>45962</v>
-[...1 lines deleted...]
-      <c r="M152" s="7">
         <v>46143</v>
       </c>
-      <c r="N152" s="6">
+      <c r="M152" s="6">
         <v>1</v>
       </c>
     </row>
-    <row r="153" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A153" s="6" t="s">
-        <v>217</v>
+        <v>205</v>
       </c>
       <c r="B153" s="15">
         <v>910000680020</v>
       </c>
       <c r="C153" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D153" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E153" s="6" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="F153" s="6" t="s">
-        <v>116</v>
+        <v>206</v>
       </c>
       <c r="G153" s="6" t="s">
-        <v>218</v>
+        <v>553</v>
       </c>
       <c r="H153" s="6" t="s">
-        <v>575</v>
-[...5 lines deleted...]
-      <c r="K153" s="9"/>
+        <v>554</v>
+      </c>
+      <c r="I153" s="8"/>
+      <c r="J153" s="9"/>
+      <c r="K153" s="7">
+        <v>45962</v>
+      </c>
       <c r="L153" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="154" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M153" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A154" s="6" t="s">
-        <v>234</v>
+        <v>222</v>
       </c>
       <c r="B154" s="15">
         <v>910001110011</v>
       </c>
       <c r="C154" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D154" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E154" s="6" t="s">
-        <v>46</v>
+        <v>173</v>
       </c>
       <c r="F154" s="6" t="s">
-        <v>185</v>
+        <v>223</v>
       </c>
       <c r="G154" s="6" t="s">
-        <v>235</v>
+        <v>519</v>
       </c>
       <c r="H154" s="6" t="s">
-        <v>537</v>
-[...5 lines deleted...]
-      <c r="K154" s="9"/>
+        <v>312</v>
+      </c>
+      <c r="I154" s="8"/>
+      <c r="J154" s="9"/>
+      <c r="K154" s="7">
+        <v>45962</v>
+      </c>
       <c r="L154" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="155" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M154" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="155" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A155" s="6" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="B155" s="15" t="s">
-        <v>356</v>
+        <v>342</v>
       </c>
       <c r="C155" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D155" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="F155" s="6" t="s">
-        <v>139</v>
+        <v>340</v>
       </c>
       <c r="G155" s="6" t="s">
-        <v>354</v>
+        <v>341</v>
       </c>
       <c r="H155" s="6" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-      <c r="K155" s="9"/>
+        <v>101</v>
+      </c>
+      <c r="I155" s="8"/>
+      <c r="J155" s="9"/>
+      <c r="K155" s="7">
+        <v>45047</v>
+      </c>
       <c r="L155" s="7">
-        <v>45047</v>
-[...1 lines deleted...]
-      <c r="M155" s="7">
         <v>46692</v>
       </c>
-      <c r="N155" s="6">
-[...3 lines deleted...]
-    <row r="156" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M155" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="156" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A156" s="6" t="s">
-        <v>280</v>
+        <v>266</v>
       </c>
       <c r="B156" s="15">
         <v>910002150027</v>
       </c>
       <c r="C156" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D156" s="6" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="E156" s="6" t="s">
-        <v>46</v>
+        <v>112</v>
       </c>
       <c r="F156" s="6" t="s">
-        <v>116</v>
+        <v>267</v>
       </c>
       <c r="G156" s="6" t="s">
-        <v>281</v>
+        <v>475</v>
       </c>
       <c r="H156" s="6" t="s">
-        <v>491</v>
-[...5 lines deleted...]
-      <c r="K156" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I156" s="8"/>
+      <c r="J156" s="9"/>
+      <c r="K156" s="7">
+        <v>45962</v>
+      </c>
       <c r="L156" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="157" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M156" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="157" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A157" s="6" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B157" s="15">
         <v>910006440040</v>
       </c>
       <c r="C157" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D157" s="6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E157" s="6" t="s">
-        <v>44</v>
+        <v>112</v>
       </c>
       <c r="F157" s="6" t="s">
-        <v>116</v>
+        <v>403</v>
       </c>
       <c r="G157" s="6" t="s">
-        <v>417</v>
+        <v>462</v>
       </c>
       <c r="H157" s="6" t="s">
-        <v>478</v>
-[...5 lines deleted...]
-      <c r="K157" s="9"/>
+        <v>59</v>
+      </c>
+      <c r="I157" s="8"/>
+      <c r="J157" s="9"/>
+      <c r="K157" s="7">
+        <v>45962</v>
+      </c>
       <c r="L157" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="158" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M157" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="158" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A158" s="6" t="s">
-        <v>364</v>
+        <v>350</v>
       </c>
       <c r="B158" s="15">
         <v>910004730024</v>
       </c>
       <c r="C158" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E158" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F158" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="G158" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H158" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D158" s="6" t="s">
-[...18 lines deleted...]
-      <c r="K158" s="9"/>
+      <c r="I158" s="8"/>
+      <c r="J158" s="9"/>
+      <c r="K158" s="7">
+        <v>45962</v>
+      </c>
       <c r="L158" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="159" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M158" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="159" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A159" s="6" t="s">
-        <v>615</v>
+        <v>585</v>
       </c>
       <c r="B159" s="15" t="s">
-        <v>616</v>
+        <v>586</v>
       </c>
       <c r="C159" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E159" s="10" t="s">
+        <v>127</v>
+      </c>
+      <c r="F159" s="30" t="s">
+        <v>587</v>
+      </c>
+      <c r="G159" s="6" t="s">
+        <v>462</v>
+      </c>
+      <c r="H159" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="I159" s="8"/>
+      <c r="J159" s="9"/>
+      <c r="K159" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L159" s="7">
+        <v>46143</v>
+      </c>
+      <c r="M159" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="160" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="6" t="s">
+        <v>588</v>
+      </c>
+      <c r="B160" s="15" t="s">
+        <v>589</v>
+      </c>
+      <c r="C160" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E160" s="10" t="s">
+        <v>112</v>
+      </c>
+      <c r="F160" s="31" t="s">
+        <v>590</v>
+      </c>
+      <c r="G160" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H160" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D159" s="6" t="s">
-[...22 lines deleted...]
-      <c r="M159" s="7">
+      <c r="I160" s="8"/>
+      <c r="J160" s="9"/>
+      <c r="K160" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L160" s="7">
         <v>46143</v>
       </c>
-      <c r="N159" s="6">
+      <c r="M160" s="6">
         <v>1</v>
       </c>
     </row>
-    <row r="160" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...39 lines deleted...]
-    <row r="161" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A161" s="6" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B161" s="15">
         <v>910004420012</v>
       </c>
       <c r="C161" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D161" s="6" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>44</v>
+        <v>126</v>
       </c>
       <c r="F161" s="6" t="s">
-        <v>131</v>
+        <v>338</v>
       </c>
       <c r="G161" s="6" t="s">
-        <v>352</v>
+        <v>475</v>
       </c>
       <c r="H161" s="6" t="s">
-        <v>491</v>
-[...5 lines deleted...]
-      <c r="K161" s="9"/>
+        <v>15</v>
+      </c>
+      <c r="I161" s="8"/>
+      <c r="J161" s="9"/>
+      <c r="K161" s="7">
+        <v>45962</v>
+      </c>
       <c r="L161" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="162" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M161" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A162" s="6" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B162" s="15">
         <v>760000070012</v>
       </c>
       <c r="C162" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D162" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E162" s="6" t="s">
-        <v>621</v>
+        <v>112</v>
       </c>
       <c r="F162" s="6" t="s">
-        <v>116</v>
+        <v>607</v>
       </c>
       <c r="G162" s="6" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="H162" s="6" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-      <c r="K162" s="9"/>
+        <v>102</v>
+      </c>
+      <c r="I162" s="8"/>
+      <c r="J162" s="9"/>
+      <c r="K162" s="7">
+        <v>45962</v>
+      </c>
       <c r="L162" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="163" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M162" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A163" s="6">
         <v>91000479</v>
       </c>
       <c r="B163" s="15">
         <v>910004790011</v>
       </c>
       <c r="C163" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D163" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E163" s="6" t="s">
-        <v>621</v>
+        <v>109</v>
       </c>
       <c r="F163" s="6" t="s">
-        <v>112</v>
+        <v>354</v>
       </c>
       <c r="G163" s="6" t="s">
-        <v>368</v>
+        <v>355</v>
       </c>
       <c r="H163" s="6" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-      <c r="K163" s="9"/>
+        <v>356</v>
+      </c>
+      <c r="I163" s="8"/>
+      <c r="J163" s="9"/>
+      <c r="K163" s="7">
+        <v>45962</v>
+      </c>
       <c r="L163" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="164" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M163" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A164" s="6" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>155</v>
+      </c>
+      <c r="B164" s="15">
+        <v>760005580006</v>
       </c>
       <c r="C164" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D164" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E164" s="6" t="s">
-        <v>621</v>
+        <v>157</v>
       </c>
       <c r="F164" s="6" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>165</v>
+        <v>156</v>
+      </c>
+      <c r="G164" s="10" t="s">
+        <v>618</v>
       </c>
       <c r="H164" s="10" t="s">
-        <v>622</v>
-[...5 lines deleted...]
-      <c r="K164" s="9"/>
+        <v>619</v>
+      </c>
+      <c r="I164" s="8"/>
+      <c r="J164" s="9"/>
+      <c r="K164" s="7">
+        <v>46143</v>
+      </c>
       <c r="L164" s="7">
-        <v>44682</v>
-[...8 lines deleted...]
-    <row r="165" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47788</v>
+      </c>
+      <c r="M164" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A165" s="6" t="s">
-        <v>346</v>
+        <v>332</v>
       </c>
       <c r="B165" s="15">
         <v>910004270019</v>
       </c>
       <c r="C165" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D165" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E165" s="6" t="s">
-        <v>621</v>
+        <v>157</v>
       </c>
       <c r="F165" s="6" t="s">
-        <v>166</v>
+        <v>592</v>
       </c>
       <c r="G165" s="6" t="s">
-        <v>624</v>
+        <v>333</v>
       </c>
       <c r="H165" s="6" t="s">
-        <v>347</v>
-[...5 lines deleted...]
-      <c r="K165" s="9"/>
+        <v>28</v>
+      </c>
+      <c r="I165" s="8"/>
+      <c r="J165" s="9"/>
+      <c r="K165" s="7">
+        <v>45962</v>
+      </c>
       <c r="L165" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="166" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M165" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A166" s="6" t="s">
-        <v>345</v>
+        <v>331</v>
       </c>
       <c r="B166" s="15">
         <v>910004080011</v>
       </c>
       <c r="C166" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D166" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E166" s="6" t="s">
-        <v>621</v>
+        <v>134</v>
       </c>
       <c r="F166" s="6" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
       <c r="G166" s="6" t="s">
-        <v>184</v>
+        <v>525</v>
       </c>
       <c r="H166" s="6" t="s">
+        <v>526</v>
+      </c>
+      <c r="I166" s="8"/>
+      <c r="J166" s="9"/>
+      <c r="K166" s="7">
+        <v>45778</v>
+      </c>
+      <c r="L166" s="7">
+        <v>47423</v>
+      </c>
+      <c r="M166" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="19" t="s">
+        <v>492</v>
+      </c>
+      <c r="B167" s="26" t="s">
         <v>544</v>
       </c>
-      <c r="I166" s="6" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="C167" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D167" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E167" s="6" t="s">
-        <v>621</v>
+        <v>157</v>
       </c>
       <c r="F167" s="6" t="s">
-        <v>166</v>
+        <v>593</v>
       </c>
       <c r="G167" s="6" t="s">
-        <v>625</v>
+        <v>491</v>
       </c>
       <c r="H167" s="6" t="s">
-        <v>508</v>
-[...5 lines deleted...]
-      <c r="K167" s="9"/>
+        <v>72</v>
+      </c>
+      <c r="I167" s="8"/>
+      <c r="J167" s="9"/>
+      <c r="K167" s="7">
+        <v>45231</v>
+      </c>
       <c r="L167" s="7">
-        <v>45231</v>
-[...1 lines deleted...]
-      <c r="M167" s="7">
         <v>46874</v>
       </c>
-      <c r="N167" s="6">
-[...3 lines deleted...]
-    <row r="168" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M167" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A168" s="6" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
       <c r="B168" s="15" t="s">
-        <v>422</v>
+        <v>408</v>
       </c>
       <c r="C168" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D168" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E168" s="6" t="s">
-        <v>621</v>
+        <v>407</v>
       </c>
       <c r="F168" s="6" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="G168" s="6" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="H168" s="6" t="s">
-        <v>420</v>
-[...5 lines deleted...]
-      <c r="K168" s="9"/>
+        <v>84</v>
+      </c>
+      <c r="I168" s="8"/>
+      <c r="J168" s="9"/>
+      <c r="K168" s="7">
+        <v>44682</v>
+      </c>
       <c r="L168" s="7">
-        <v>44682</v>
-[...1 lines deleted...]
-      <c r="M168" s="7">
         <v>46327</v>
       </c>
-      <c r="N168" s="6">
-[...3 lines deleted...]
-    <row r="169" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M168" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A169" s="6" t="s">
-        <v>426</v>
+        <v>412</v>
       </c>
       <c r="B169" s="15">
         <v>910006840010</v>
       </c>
       <c r="C169" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D169" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E169" s="6" t="s">
-        <v>621</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>487</v>
+      </c>
+      <c r="F169" s="33" t="s">
+        <v>413</v>
       </c>
       <c r="G169" s="6" t="s">
-        <v>427</v>
+        <v>92</v>
       </c>
       <c r="H169" s="6" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-      <c r="K169" s="9"/>
+        <v>14</v>
+      </c>
+      <c r="I169" s="8"/>
+      <c r="J169" s="9"/>
+      <c r="K169" s="7">
+        <v>45962</v>
+      </c>
       <c r="L169" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="170" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M169" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A170" s="6" t="s">
-        <v>546</v>
+        <v>527</v>
       </c>
       <c r="B170" s="15" t="s">
-        <v>547</v>
+        <v>528</v>
       </c>
       <c r="C170" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D170" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E170" s="6" t="s">
-        <v>621</v>
+        <v>154</v>
       </c>
       <c r="F170" s="6" t="s">
-        <v>163</v>
+        <v>620</v>
       </c>
       <c r="G170" s="6" t="s">
-        <v>548</v>
+        <v>529</v>
       </c>
       <c r="H170" s="6" t="s">
-        <v>549</v>
-[...5 lines deleted...]
-      <c r="K170" s="9"/>
+        <v>101</v>
+      </c>
+      <c r="I170" s="8"/>
+      <c r="J170" s="9"/>
+      <c r="K170" s="7">
+        <v>45778</v>
+      </c>
       <c r="L170" s="7">
-        <v>45778</v>
-[...1 lines deleted...]
-      <c r="M170" s="7">
         <v>47423</v>
       </c>
-      <c r="N170" s="6">
-[...3 lines deleted...]
-    <row r="171" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M170" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="171" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A171" s="6" t="s">
-        <v>375</v>
+        <v>361</v>
       </c>
       <c r="B171" s="15">
         <v>910005000009</v>
       </c>
       <c r="C171" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D171" s="6" t="s">
-        <v>621</v>
+        <v>591</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>621</v>
+        <v>126</v>
       </c>
       <c r="F171" s="6" t="s">
-        <v>131</v>
+        <v>362</v>
       </c>
       <c r="G171" s="6" t="s">
-        <v>376</v>
+        <v>428</v>
       </c>
       <c r="H171" s="6" t="s">
-        <v>442</v>
-[...5 lines deleted...]
-      <c r="K171" s="9"/>
+        <v>58</v>
+      </c>
+      <c r="I171" s="8"/>
+      <c r="J171" s="9"/>
+      <c r="K171" s="7">
+        <v>45962</v>
+      </c>
       <c r="L171" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="172" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M171" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="172" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A172" s="6" t="s">
-        <v>120</v>
+        <v>115</v>
       </c>
       <c r="B172" s="15" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="C172" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D172" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E172" s="6" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="F172" s="6" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="G172" s="6" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="H172" s="6" t="s">
-        <v>122</v>
-[...5 lines deleted...]
-      <c r="K172" s="9"/>
+        <v>13</v>
+      </c>
+      <c r="I172" s="8"/>
+      <c r="J172" s="9"/>
+      <c r="K172" s="7">
+        <v>45047</v>
+      </c>
       <c r="L172" s="7">
-        <v>45047</v>
-[...1 lines deleted...]
-      <c r="M172" s="7">
         <v>46692</v>
       </c>
-      <c r="N172" s="6">
-[...3 lines deleted...]
-    <row r="173" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M172" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="173" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A173" s="11">
         <v>91000071</v>
       </c>
       <c r="B173" s="11">
         <v>910000710024</v>
       </c>
       <c r="C173" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D173" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E173" s="6" t="s">
-        <v>57</v>
+        <v>533</v>
       </c>
       <c r="F173" s="6" t="s">
-        <v>553</v>
+        <v>208</v>
       </c>
       <c r="G173" s="6" t="s">
-        <v>220</v>
+        <v>209</v>
       </c>
       <c r="H173" s="6" t="s">
-        <v>221</v>
-[...5 lines deleted...]
-      <c r="K173" s="9"/>
+        <v>100</v>
+      </c>
+      <c r="I173" s="8"/>
+      <c r="J173" s="9"/>
+      <c r="K173" s="7">
+        <v>45597</v>
+      </c>
       <c r="L173" s="7">
-        <v>45597</v>
-[...1 lines deleted...]
-      <c r="M173" s="7">
         <v>47239</v>
       </c>
-      <c r="N173" s="6">
-[...3 lines deleted...]
-    <row r="174" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M173" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="174" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A174" s="6" t="s">
-        <v>271</v>
+        <v>257</v>
       </c>
       <c r="B174" s="15">
         <v>910002020016</v>
       </c>
       <c r="C174" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D174" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E174" s="6" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="F174" s="6" t="s">
-        <v>118</v>
+        <v>258</v>
       </c>
       <c r="G174" s="6" t="s">
-        <v>272</v>
+        <v>259</v>
       </c>
       <c r="H174" s="6" t="s">
-        <v>273</v>
-[...5 lines deleted...]
-      <c r="K174" s="9"/>
+        <v>90</v>
+      </c>
+      <c r="I174" s="8"/>
+      <c r="J174" s="9"/>
+      <c r="K174" s="7">
+        <v>45962</v>
+      </c>
       <c r="L174" s="7">
-        <v>45962</v>
-[...8 lines deleted...]
-    <row r="175" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>47604</v>
+      </c>
+      <c r="M174" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A175" s="11">
         <v>91000637</v>
       </c>
       <c r="B175" s="11">
         <v>910006370014</v>
       </c>
       <c r="C175" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D175" s="6" t="s">
-        <v>57</v>
-[...5 lines deleted...]
-        <v>116</v>
+        <v>55</v>
+      </c>
+      <c r="E175" s="24" t="s">
+        <v>112</v>
+      </c>
+      <c r="F175" s="6" t="s">
+        <v>530</v>
       </c>
       <c r="G175" s="6" t="s">
-        <v>550</v>
+        <v>531</v>
       </c>
       <c r="H175" s="6" t="s">
-        <v>551</v>
-[...5 lines deleted...]
-      <c r="K175" s="9"/>
+        <v>532</v>
+      </c>
+      <c r="I175" s="8"/>
+      <c r="J175" s="9"/>
+      <c r="K175" s="14">
+        <v>45597</v>
+      </c>
       <c r="L175" s="14">
-        <v>45597</v>
-[...1 lines deleted...]
-      <c r="M175" s="14">
         <v>47239</v>
       </c>
-      <c r="N175" s="6">
-[...3 lines deleted...]
-    <row r="176" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M175" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A176" s="6" t="s">
-        <v>262</v>
+        <v>249</v>
       </c>
       <c r="B176" s="15" t="s">
-        <v>264</v>
+        <v>250</v>
       </c>
       <c r="C176" s="6" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D176" s="6" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="E176" s="6" t="s">
-        <v>57</v>
+        <v>113</v>
       </c>
       <c r="F176" s="6" t="s">
-        <v>118</v>
-[...11 lines deleted...]
-      <c r="K176" s="9"/>
+        <v>48</v>
+      </c>
+      <c r="G176" s="24" t="s">
+        <v>608</v>
+      </c>
+      <c r="H176" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="I176" s="8"/>
+      <c r="J176" s="9"/>
+      <c r="K176" s="7">
+        <v>45047</v>
+      </c>
       <c r="L176" s="7">
-        <v>45047</v>
-[...1 lines deleted...]
-      <c r="M176" s="7">
         <v>46692</v>
       </c>
-      <c r="N176" s="6">
-[...3 lines deleted...]
-    <row r="177" spans="1:14" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="M176" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="177" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A177" s="11">
         <v>91000226</v>
       </c>
       <c r="B177" s="11">
         <v>910002260007</v>
       </c>
       <c r="C177" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E177" s="6" t="s">
+        <v>534</v>
+      </c>
+      <c r="F177" s="6" t="s">
+        <v>535</v>
+      </c>
+      <c r="G177" s="6" t="s">
+        <v>536</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="I177" s="8"/>
+      <c r="J177" s="9"/>
+      <c r="K177" s="14">
+        <v>45597</v>
+      </c>
+      <c r="L177" s="14">
+        <v>47239</v>
+      </c>
+      <c r="M177" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="178" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="6" t="s">
+        <v>253</v>
+      </c>
+      <c r="B178" s="15" t="s">
+        <v>256</v>
+      </c>
+      <c r="C178" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E178" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="F178" s="6" t="s">
+        <v>254</v>
+      </c>
+      <c r="G178" s="6" t="s">
+        <v>255</v>
+      </c>
+      <c r="H178" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="I178" s="8"/>
+      <c r="J178" s="9"/>
+      <c r="K178" s="7">
+        <v>45047</v>
+      </c>
+      <c r="L178" s="7">
+        <v>46692</v>
+      </c>
+      <c r="M178" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="179" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="6" t="s">
+        <v>621</v>
+      </c>
+      <c r="B179" s="15" t="s">
+        <v>622</v>
+      </c>
+      <c r="C179" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" s="6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E179" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F179" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="G179" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>625</v>
+      </c>
+      <c r="I179" s="8"/>
+      <c r="J179" s="9"/>
+      <c r="K179" s="7">
+        <v>46143</v>
+      </c>
+      <c r="L179" s="7">
+        <v>47788</v>
+      </c>
+      <c r="M179" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="180" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="6" t="s">
+        <v>268</v>
+      </c>
+      <c r="B180" s="15">
+        <v>910002160024</v>
+      </c>
+      <c r="C180" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E180" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="F180" s="6" t="s">
+        <v>269</v>
+      </c>
+      <c r="G180" s="6" t="s">
+        <v>270</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>75</v>
+      </c>
+      <c r="I180" s="8"/>
+      <c r="J180" s="9"/>
+      <c r="K180" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L180" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M180" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="181" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="6" t="s">
+        <v>399</v>
+      </c>
+      <c r="B181" s="15">
+        <v>910006400010</v>
+      </c>
+      <c r="C181" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E181" s="6" t="s">
+        <v>126</v>
+      </c>
+      <c r="F181" s="6" t="s">
+        <v>400</v>
+      </c>
+      <c r="G181" s="6" t="s">
+        <v>460</v>
+      </c>
+      <c r="H181" s="6" t="s">
+        <v>401</v>
+      </c>
+      <c r="I181" s="8"/>
+      <c r="J181" s="9"/>
+      <c r="K181" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L181" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M181" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="182" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="B182" s="15">
+        <v>910004730025</v>
+      </c>
+      <c r="C182" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E182" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F182" s="6" t="s">
+        <v>351</v>
+      </c>
+      <c r="G182" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H182" s="6" t="s">
         <v>22</v>
       </c>
-      <c r="D177" s="6" t="s">
-[...14 lines deleted...]
-      <c r="I177" s="6" t="s">
+      <c r="I182" s="8"/>
+      <c r="J182" s="9"/>
+      <c r="K182" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L182" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M182" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="183" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="10">
+        <v>91000697</v>
+      </c>
+      <c r="B183" s="15">
+        <v>910006970006</v>
+      </c>
+      <c r="C183" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E183" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F183" s="6" t="s">
+        <v>421</v>
+      </c>
+      <c r="G183" s="6" t="s">
+        <v>478</v>
+      </c>
+      <c r="H183" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="I183" s="8"/>
+      <c r="J183" s="9"/>
+      <c r="K183" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L183" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M183" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="184" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="6" t="s">
+        <v>394</v>
+      </c>
+      <c r="B184" s="15">
+        <v>910006360013</v>
+      </c>
+      <c r="C184" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="E184" s="6" t="s">
+        <v>488</v>
+      </c>
+      <c r="F184" s="6" t="s">
+        <v>395</v>
+      </c>
+      <c r="G184" s="6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H184" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="I184" s="8"/>
+      <c r="J184" s="9"/>
+      <c r="K184" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L184" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M184" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="185" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="6" t="s">
+        <v>295</v>
+      </c>
+      <c r="B185" s="15">
+        <v>910002780019</v>
+      </c>
+      <c r="C185" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E185" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="F185" s="6" t="s">
+        <v>296</v>
+      </c>
+      <c r="G185" s="6" t="s">
+        <v>485</v>
+      </c>
+      <c r="H185" s="6" t="s">
         <v>27</v>
       </c>
-      <c r="J177" s="8"/>
-[...41 lines deleted...]
-      <c r="L178" s="7">
+      <c r="I185" s="8"/>
+      <c r="J185" s="9"/>
+      <c r="K185" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L185" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M185" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="186" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="B186" s="15">
+        <v>910003450013</v>
+      </c>
+      <c r="C186" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E186" s="6" t="s">
+        <v>112</v>
+      </c>
+      <c r="F186" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="G186" s="6" t="s">
+        <v>468</v>
+      </c>
+      <c r="H186" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="I186" s="8"/>
+      <c r="J186" s="9"/>
+      <c r="K186" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L186" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M186" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="187" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="B187" s="15">
+        <v>910001140015</v>
+      </c>
+      <c r="C187" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E187" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F187" s="6" t="s">
+        <v>97</v>
+      </c>
+      <c r="G187" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H187" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="I187" s="8"/>
+      <c r="J187" s="9"/>
+      <c r="K187" s="7">
+        <v>45962</v>
+      </c>
+      <c r="L187" s="7">
+        <v>47604</v>
+      </c>
+      <c r="M187" s="6">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="188" spans="1:13" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="33" t="s">
+        <v>442</v>
+      </c>
+      <c r="B188" s="34" t="s">
+        <v>444</v>
+      </c>
+      <c r="C188" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" s="6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E188" s="6" t="s">
+        <v>134</v>
+      </c>
+      <c r="F188" s="6" t="s">
+        <v>443</v>
+      </c>
+      <c r="G188" s="6" t="s">
+        <v>98</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>228</v>
+      </c>
+      <c r="I188" s="8"/>
+      <c r="J188" s="9"/>
+      <c r="K188" s="7">
         <v>45047</v>
       </c>
-      <c r="M178" s="7">
+      <c r="L188" s="7">
         <v>46692</v>
       </c>
-      <c r="N178" s="6">
-[...359 lines deleted...]
-      <c r="N187" s="6">
+      <c r="M188" s="6">
         <v>5</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dk/YR1EnYHw7Bj4BUCxnsxqwV3BjiesWMhLkVoui9DOjVy74OLsXeCjp5091tG+Ep20aJzknxLHHlQGMh3N3bg==" saltValue="32N9C9Y1OQk2NbnaPqpl+g==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
-[...1 lines deleted...]
-    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:N187">
+  <sheetProtection algorithmName="SHA-512" hashValue="YQM0qYOg6qOG5qyHTOVd0TqkctO4j5NgQ65gM6Tf0hCF9yI22rsiW0Y7JXIbZQGw37u/l10xYd0lmVqE8ln80w==" saltValue="rBa3hAAjQlglcdaQQITffg==" spinCount="100000" sheet="1" objects="1" scenarios="1" selectLockedCells="1" autoFilter="0" selectUnlockedCells="1"/>
+  <autoFilter ref="A7:M187" xr:uid="{00000000-0009-0000-0000-000000000000}">
+    <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A8:M187">
       <sortCondition ref="D7:D180"/>
     </sortState>
   </autoFilter>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>